--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>José Davi</t>
+    <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário do Meio Ambiente, a roçagem nas margens da Rodovia 080, na saída para Divinópolis até a borracharia do Sr. Zé. (Votação: aprovado).</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Infraestrutura, a manutenção da iluminação pública da cidade. (Votação: aprovado).</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
@@ -120,51 +120,51 @@
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Infraestrutura, que façam o aterro na ponte do Rio Jacó e a manutenção da estrada vicinal do Setor Jacó. (Votação: aprovado).</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gilson Coutinho</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a reforma do Ginásio de Esportes, e a construção da quadra de vôlei dentro do ginásio. (Votação: aprovado).</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>João Marcos</t>
+    <t>João Marcos Rezende</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que providencie a iluminação pública do estádio de futebol José Carneiro Neves - Carneirão. (Votação: aprovado).</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Lindomar do Piracema</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que faça a reforma, ampliação e funcionamento da Academia da Saúde Eduardo Favarato. (Votação: aprovado).</t>
   </si>
   <si>
     <t>40</t>
   </si>
@@ -177,66 +177,66 @@
   <si>
     <t>Indica ao Prefeito Municipal, a manutenção da estrada da ponte do Jacó na região da Manchete, sendo a elevação da estrada, a construção de bueiros e galerias para escoamento. (Votação: aprovado).</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Denis do Valdeci</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a encascalhar e patrolar a estrada da fazenda Santa Fé do Sr. Caslui e a fazenda da Sra. Elizaine. (Votação: aprovado).</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi, João Marcos, Lindomar do Piracema, Rosimar Azevedo</t>
+    <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi Silva Ribeiro, João Marcos Rezende, Lindomar do Piracema, Rosimar Azevedo</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal, que a antiga escola Piracema torne um Centro de Apoio Administrativo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Valmi Lopes</t>
+    <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que designe Técnica de Enfermagem para o Posto de Saúde do PA Assentamento Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a implantar o programa material escolar solidário no município de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>James Braga</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf</t>
   </si>
@@ -447,51 +447,51 @@
   <si>
     <t>Requer ao Presidente desta Casa, que elabore projeto de resolução para modificação do Regimento Interno desta Câmara,  art. 336 do Regimento, para melhor atender as necessidades Administrativas da Casa. (Votação: aprovado).</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie os EPIs da viatura como: estirante, redblok, colar cervical e a troca dos para-brisas das ambulâncias, e a manutenção geral. (Votação: aprovado).</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e ao Secretário de Infraestrutura, que façam uma estrada ao lado da chácara do Sr. João sovaco da onça, para dar acesso ao Rio do Coco. (Votação: aprovado).</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi, João Marcos, Lindomar do Piracema, Rosimar Azevedo, Valmi Lopes</t>
+    <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi Silva Ribeiro, João Marcos Rezende, Lindomar do Piracema, Rosimar Azevedo, Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, o transporte escolar para transportar os eleitores da zona rural, no dia 1º de outubro para votação da escolha dos candidatos do Conselho Tutelar. (Votação: aprovado).</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Erivan do Prata</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie um Parque Infantil na praça Rafael Meire Tofolo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf</t>
   </si>
@@ -892,51 +892,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/50/ind_03-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/51/ind_04-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/ind_09-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/45/ind_15-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/plc_01-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/ple_02-23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/ple_03-23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/ple_04-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/ple_05-23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/ple_06-23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/ple_07-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/ple_08-23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/ple_09-23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/ple_10-23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/pll_04-23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/pll_05-23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/pll_06-23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/55/req_01-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/47/req_02-2023_james.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/29/req_03-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/56/req_04-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/30/req_05-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/req_12-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/req_13-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/49/req_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/34/req_15-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/35/req_16-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/36/req_17-2023_gison.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="126.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="155.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>