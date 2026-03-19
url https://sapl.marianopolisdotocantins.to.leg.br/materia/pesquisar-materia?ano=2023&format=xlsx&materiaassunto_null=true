--- v1 (2025-12-14)
+++ v2 (2026-03-19)
@@ -54,522 +54,522 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário do Meio Ambiente, a roçagem nas margens da Rodovia 080, na saída para Divinópolis até a borracharia do Sr. Zé. (Votação: aprovado).</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Infraestrutura, a manutenção da iluminação pública da cidade. (Votação: aprovado).</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Rosimar Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/50/ind_03-2023_rosimar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/50/ind_03-2023_rosimar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Infraestrutura, a manutenção das estradas que dão acesso as propriedades dos Sr. Adão Costa, José Maria, Galdencio, Orestino, Sra. Francisca, estrada da cancela preta, Sr. Verí, no PA Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/51/ind_04-2023_rosimar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/51/ind_04-2023_rosimar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Infraestrutura, que façam o aterro na ponte do Rio Jacó e a manutenção da estrada vicinal do Setor Jacó. (Votação: aprovado).</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Gilson Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a reforma do Ginásio de Esportes, e a construção da quadra de vôlei dentro do ginásio. (Votação: aprovado).</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>João Marcos Rezende</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que providencie a iluminação pública do estádio de futebol José Carneiro Neves - Carneirão. (Votação: aprovado).</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Lindomar do Piracema</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que faça a reforma, ampliação e funcionamento da Academia da Saúde Eduardo Favarato. (Votação: aprovado).</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/ind_09-2023_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/ind_09-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a manutenção da estrada da ponte do Jacó na região da Manchete, sendo a elevação da estrada, a construção de bueiros e galerias para escoamento. (Votação: aprovado).</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Denis do Valdeci</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a encascalhar e patrolar a estrada da fazenda Santa Fé do Sr. Caslui e a fazenda da Sra. Elizaine. (Votação: aprovado).</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi Silva Ribeiro, João Marcos Rezende, Lindomar do Piracema, Rosimar Azevedo</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indicam ao Prefeito Municipal, que a antiga escola Piracema torne um Centro de Apoio Administrativo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que designe Técnica de Enfermagem para o Posto de Saúde do PA Assentamento Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a implantar o programa material escolar solidário no município de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>James Braga</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, e ao Secretário de Meio Ambiente, a manutenção do lixão municipal. (Votação: aprovado).</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/45/ind_15-2023_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/45/ind_15-2023_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a reforma do Posto de Saúde do PA Piracema. (Votação: aprovado).</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Isaías Dias Piagem</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/plc_01-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/plc_01-23.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 103, Inciso I, Alínea B, e Inciso II, da Lei nº 474/2021, que estabelece o Código Tributário Municipal, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/ple_02-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/ple_02-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente do Município de Marianópolis do Tocantins/TO, regula o Conselho Municipal dos Direitos da Criança e do Adolescente (CMDCA), institui o Fundo Municipal dos Direitos da Criança e do Adolescente (FMDCA), nos termos da Lei nº 8.069/1990, e das Resoluções do Conselho Nacional dos Direitos da Criança e do Adolescente (CONANDA), e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/ple_03-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/ple_03-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da Lei nº 291/2007, referente a Política Municipal de Meio Ambiente de Marianópolis do Tocantins, seus fins, conselhos municipais, fundos municipais, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/ple_04-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/ple_04-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação da Lei nº 472/2021, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/ple_05-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/ple_05-23.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Marianópolis do Tocantins/TO, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência que trata o Art. 40, da Constituição Federal, autoriza a adesão a Plano de Benefícios de Previdência Complementar, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/ple_06-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/ple_06-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Sistema Municipal de Segurança Alimentar e Nutricional - SISAN, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/ple_07-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/ple_07-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de reajuste salarial ao cargo de professor no percentual de 4%, com implicações no PCCR dos Servidores da Educação, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/ple_08-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/ple_08-23.pdf</t>
   </si>
   <si>
     <t>Altera PPA/LDO/LOA para o exercício financeiro de 2023, e autoriza abertura de crédito adicional especial. (Votação: aprovado).</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/ple_09-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/ple_09-23.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a repassar complementação financeira, oriunda do Ministério da Saúde, para atendimento à Lei Federal nº 14.434/2022, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/ple_10-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/ple_10-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Fórum Municipal de Educação de Marianópolis do Tocantins/TO, em conformidade com a Lei Federal nº 13.005/2014. (Votação: aprovado).</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>Gilson Coutinho, Erivan do Prata</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/pll_04-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/pll_04-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição da Semana Antidrogas no Município de Marianópolis do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/pll_05-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/pll_05-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo de Políticas Públicas sobre Drogas do Município de Marianópolis do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/pll_06-23.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/pll_06-23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal Antidrogas em Marianópolis do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/55/req_01-2023_denis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/55/req_01-2023_denis.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a isenção de IPTU para as pessoas com as doenças: lúpus, fibromialgia, mal de Alzheimer e câncer. (Votação: aprovado).</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/47/req_02-2023_james.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/47/req_02-2023_james.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e a Secretaria de Assistência Social, o reajuste na ajuda de custo para as pessoas que faz tratamento de hemodiálise. (Votação: aprovado).</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/29/req_03-2023_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/29/req_03-2023_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências quanto a vigilância e policiamento nas escolas municipais e estaduais de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/56/req_04-2023_denis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/56/req_04-2023_denis.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, reiterando a solicitação da Indicação 050/2021, a possibilidade da criação do Fundo Municipal de Incentivo a Agricultura Familiar no âmbito do município de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/30/req_05-2023_gilson.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/30/req_05-2023_gilson.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que elabore projeto de resolução para modificação do Regimento Interno desta Câmara,  art. 336 do Regimento, para melhor atender as necessidades Administrativas da Casa. (Votação: aprovado).</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie os EPIs da viatura como: estirante, redblok, colar cervical e a troca dos para-brisas das ambulâncias, e a manutenção geral. (Votação: aprovado).</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e ao Secretário de Infraestrutura, que façam uma estrada ao lado da chácara do Sr. João sovaco da onça, para dar acesso ao Rio do Coco. (Votação: aprovado).</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Denis do Valdeci, Erivan do Prata, Gilson Coutinho, James Braga, José Davi Silva Ribeiro, João Marcos Rezende, Lindomar do Piracema, Rosimar Azevedo, Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf</t>
   </si>
   <si>
     <t>Requerem ao Prefeito Municipal, o transporte escolar para transportar os eleitores da zona rural, no dia 1º de outubro para votação da escolha dos candidatos do Conselho Tutelar. (Votação: aprovado).</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Erivan do Prata</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie um Parque Infantil na praça Rafael Meire Tofolo. (Votação: aprovado).</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, a melhoria do oferecimento dos serviços públicos à população do Espinhaço, na zona rural de Marianópolis/TO. (Votação: aprovado).</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/req_12-2023_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/req_12-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e ao Secretário de Infraestrutura, que providencie 02 (dois) quebra-molas na Rua Elizeu Cavalcante. (Votação: aprovado).</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/req_13-2023_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/req_13-2023_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e ao Secretário de Infraestrutura, a iluminação pública na Rua Elizeu Cavalcante. (Votação: aprovado).</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/49/req_14-2023_james.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/49/req_14-2023_james.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, e ao Secretário de Infraestrutura, que providencie um quebra-molas na Rua 07 de Setembro, em frente a Lanchonete Nunes. (Votação: aprovado).</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/34/req_15-2023_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/34/req_15-2023_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que elabore projeto de lei para criação da semana antidrogas do Município de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/35/req_16-2023_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/35/req_16-2023_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que elabore projeto de lei para criação do Fundo de Políticas Públicas sobre Drogas do Município de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/36/req_17-2023_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/36/req_17-2023_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Presidente desta Casa, que elabore projeto de lei para criação do Conselho Municipal Antidrogas em Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -876,68 +876,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/50/ind_03-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/51/ind_04-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/ind_09-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/45/ind_15-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/plc_01-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/ple_02-23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/ple_03-23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/ple_04-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/ple_05-23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/ple_06-23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/ple_07-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/ple_08-23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/ple_09-23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/ple_10-23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/pll_04-23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/pll_05-23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/pll_06-23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/55/req_01-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/47/req_02-2023_james.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/29/req_03-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/56/req_04-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/30/req_05-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/req_12-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/req_13-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/49/req_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/34/req_15-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/35/req_16-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/36/req_17-2023_gison.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/37/ind_01-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/38/ind_02-2023_davi_motorista.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/50/ind_03-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/51/ind_04-2023_rosimar.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/13/ind_06-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/39/ind_07-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/44/ind_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/40/ind_09-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/52/ind_10-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/53/ind_11-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/14/ind_12-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/54/ind_13-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/48/ind_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/45/ind_15-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/15/plc_01-23.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/16/ple_02-23.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/17/ple_03-23.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/18/ple_04-23.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/19/ple_05-23.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/20/ple_06-23.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/21/ple_07-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/22/ple_08-23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/23/ple_09-23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/24/ple_10-23.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/25/pll_04-23.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/26/pll_05-23.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/27/pll_06-23.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/55/req_01-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/47/req_02-2023_james.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/29/req_03-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/56/req_04-2023_denis.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/30/req_05-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/31/req_07-2023_gilson.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/46/req_08-2023_lindomar.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/32/req_09-2023_valmi.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/33/req_10-2023_erivan.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/41/req_11-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/42/req_12-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/43/req_13-2023_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/49/req_14-2023_james.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/34/req_15-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/35/req_16-2023_gison.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2023/36/req_17-2023_gison.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="155.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="113" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>