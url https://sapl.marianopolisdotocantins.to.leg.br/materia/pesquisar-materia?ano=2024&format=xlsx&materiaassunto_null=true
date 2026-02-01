--- v0 (2025-10-23)
+++ v1 (2026-02-01)
@@ -51,105 +51,105 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>João Marcos</t>
+    <t>João Marcos Rezende</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/8/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, junto com o secretário de Infraestrutura que finalize as obras das estradas vicinais e ramais no PA-Piracema.(Votação: aprovado).</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/9/indicacao_02-2024_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal, junto com o secretário de Infraestrutura que faça um quebra - mola, em frente à casa da senhora Roselita Maria de Queiroz Gomes, na chácara São Pedro.(Votação: aprovado).</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gilson Coutinho</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/5/ind_03-24_gilson.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que faça um banheiro, providencie um bebedouro e internet na sala de departamento municipal de alimentação escolar de Marianópolis/TO. (Votação: aprovado).</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>José Davi</t>
+    <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_davi_vereador_004-2024.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal que faça a manutenção da entrada da estrada do Senhor Jose Alfredo, devido ao fluxo de caminhões da rod.080 e na estrada do fazenda Belchior e na oportunidade peço que faça manutenção da estrada vicial da Associação Raio de Luz.(Votação: aprovado).</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>Valmi Lopes</t>
+    <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>Indicar ao Prefeito municipal que faça a conclusão da pavimentação asfáltica na Agrovila PA-Manchete.(Votação; aprovado).</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Indicar ao Prefeito que faça a manutenção na estrada do Piranha e também na estrada que da acesso ao senhor Zé Nery e que faça a limpeza nos dois campos de futebol do PA-Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/indicacao_007-2024_joao_marcos.pdf</t>
   </si>