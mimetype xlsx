--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -54,456 +54,456 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>João Marcos Rezende</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/8/indicacao_01-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/8/indicacao_01-2024.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, junto com o secretário de Infraestrutura que finalize as obras das estradas vicinais e ramais no PA-Piracema.(Votação: aprovado).</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/9/indicacao_02-2024_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/9/indicacao_02-2024_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal, junto com o secretário de Infraestrutura que faça um quebra - mola, em frente à casa da senhora Roselita Maria de Queiroz Gomes, na chácara São Pedro.(Votação: aprovado).</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Gilson Coutinho</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/5/ind_03-24_gilson.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/5/ind_03-24_gilson.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que faça um banheiro, providencie um bebedouro e internet na sala de departamento municipal de alimentação escolar de Marianópolis/TO. (Votação: aprovado).</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_davi_vereador_004-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_davi_vereador_004-2024.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal que faça a manutenção da entrada da estrada do Senhor Jose Alfredo, devido ao fluxo de caminhões da rod.080 e na estrada do fazenda Belchior e na oportunidade peço que faça manutenção da estrada vicial da Associação Raio de Luz.(Votação: aprovado).</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>Indicar ao Prefeito municipal que faça a conclusão da pavimentação asfáltica na Agrovila PA-Manchete.(Votação; aprovado).</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Indicar ao Prefeito que faça a manutenção na estrada do Piranha e também na estrada que da acesso ao senhor Zé Nery e que faça a limpeza nos dois campos de futebol do PA-Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/indicacao_007-2024_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/indicacao_007-2024_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito municipal que faça a implantação de um bueiro na estrada da dona Raimunda Avelino de Jesus e alargue-se o aterro.(Votação: aprovado).</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/indicacao_008-2024_valmi_da_manchete.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/indicacao_008-2024_valmi_da_manchete.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito que providencie a cobertura da quadra de esporte, no PA-Manchete. (Votação: aprovado).</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Lindomar do Piracema</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/indicacao_009-2024_lindomar_araujo.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/indicacao_009-2024_lindomar_araujo.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal que faça dois quebra-molas: na rua Elizeu Cavalcante e outro na rua Caiapó. (Votação: aprovado).</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/indicacao_010-2024_gilson_coutinho.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/indicacao_010-2024_gilson_coutinho.pdf</t>
   </si>
   <si>
     <t>Indicar ao Prefeito Municipal que providencie o FORRO na FEIRA COBERTA, devido ao excesso de sujeira dos pássaros que fica local durante a noite.(Votação; aprovado).</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/ind_11-24_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/ind_11-24_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a colocação de 03 (três) quebra-molas e placas de sinalização nas proximidades da Escola Municipal João Braga de Oliveira. (Votação: aprovado).</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/ind_12-24_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/ind_12-24_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, o patrolamento na estrada do PA Piracema e a colocação de cascalho perto da ponte do Nego Célio. (votação: aprovado).</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/ind_13-24_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/ind_13-24_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, o patrolamento na estrada do Piranha, a colocação de cascalho nos buracos, e a troca das madeiras de uma pontinha chegando na ponte do Piranha. (Votação: aprovado).</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/70/ind_14-24_lindomar.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/70/ind_14-24_lindomar.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que arrume a estrada dos senhores Altair e Edson, com encascalhamento. (Votação: aprovado).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/ind_15-24_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/ind_15-24_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que autorize o galpão da escola municipal João Braga de Oliveira, com cadeiras e mesas para que seja utilizado como refeitório dos alunos. (Votação: aprovado).</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/ind_16-24_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/ind_16-24_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que faça a manutenção na rede elétrica da escola municipal do PA Piracema, para melhorar o funcionamento dos aparelhos de ar condicionados, bebedouro, e outros. (Votação: aprovado).</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/ind_17-24_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/ind_17-24_valmi.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, que providencie o atendimento médico pelo menos de quinze em quinze dias, no Vila do Prata. (Votação: aprovado).</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/ind_18-24_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/ind_18-24_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a instalação de dois quebra-molas em frente a chácara do Pedão, com a chácara da Dona Joana do Cartório, nas entradas destas chácaras. (Votação: aprovado).</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/ind_19-24_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/ind_19-24_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a manutenção na estrada do Vila do Prata, até as divisas dos municípios de Marianópolis e Divinópolis/TO. (Votação: aprovado).</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/ind_20-24_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/ind_20-24_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Indica ao Prefeito Municipal, a manutenção na estrada do Sr. Ronaldo do Prata. (Votação: aprovado).</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Isaías Dias Piagem</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/ple_02-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/ple_02-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Turismo de Marianópolis do Tocantins, seus princípios, objetivos, estrutura, organização, gestão e financiamento, e dá outras providências. (Votação: aprovado)</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/ple_03-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/ple_03-2024.pdf</t>
   </si>
   <si>
     <t>Altera PPA-LDO-LOA para o exercício financeiro de 2024, e autoriza Abertura de Crédito Adicional Especial. (Votação: aprovado).</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/ple_04-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/ple_04-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e regulamentação da jornada de trabalho no regime de plantão em escala de revezamento no âmbito do funcionalismo público da Secretaria de Saúde do Município de Marianópolis/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_lei_005-2025_dispoe_sobre_as_diretrizes_gerais_para_a.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_lei_005-2025_dispoe_sobre_as_diretrizes_gerais_para_a.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da lei orçamentária de 2025 (ano de referência 2025) e dá outras providências.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_006-2024_aprovado_em_janeiro_2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_006-2024_aprovado_em_janeiro_2025.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Marianópolis do Tocantins, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_008-2024_lei_520-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_008-2024_lei_520-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei municipal n° 314/2009, definindo novo plano de amortização do déficit atuarial do RPPS do município de Marianópolis do Tocantins/TO e dá outras providências.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/pll_04-24_ver._joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/pll_04-24_ver._joao_marcos.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implementação dos frutos do cerrado na alimentação escolar das escolas municipais e estaduais situadas no município de Marianópolis do Tocantins/TO, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Erivan do Prata</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/pll_05-2024_subsidios.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/pll_05-2024_subsidios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios do Prefeito, Vice-Prefeito e Secretários Municipais de Marianópolis do Tocantins/TO, para o quadriênio de 2025 a 2028, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Mesa Diretora da Câmara</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/pr_02-24_ouvidoria.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/pr_02-24_ouvidoria.pdf</t>
   </si>
   <si>
     <t>Institui a Ouvidoria da Câmara Municipal de Marianópolis do Tocantins, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/pr_08-24_subsidios.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/pr_08-24_subsidios.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação dos subsídios dos Vereadores e do Presidente da Câmara Municipal de Marianópolis do Tocantins/TO, durante a Legislatura de 2025 a 2028, e dá outras providências. (Votação: aprovado).</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/6/req_01-24_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/6/req_01-24_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, as providências cabíveis para concessão de uso de área no entorno do Estádio de Futebol José Neves (Carneirão), para estruturação de quiosques e bancadas destinados ao comércio de produtos locais. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/7/req_02-24_gison.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/7/req_02-24_gison.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, as providências cabíveis para construção de poços artesianos nos entornos da sede da Prefeitura de Marianópolis do Tocantins. (Votação: aprovado).</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_03-2024_valmir_da_manchete.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_03-2024_valmir_da_manchete.pdf</t>
   </si>
   <si>
     <t>Requerer ao chefe do poder executivo Isaias Dias Piagem, que providencie um Poço Artesiano na Agrovila do PA-Manchete.( Votação: aprovado).</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_004-2024_valimi_da_manchete.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_004-2024_valimi_da_manchete.pdf</t>
   </si>
   <si>
     <t>Requerer ao Prefeito Municipal que , por meio de suas Secretarias e competência para iniciativa , viabilize a construção de uma Escola Municipal no Assentamento Manchete no local da antiga rodoviária.(Votação; aprovado).</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_005-2024_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_005-2024_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requerer ao Senhor Presidente desta AUGUSTA Casa de Leis, que depois de aprovado em Plenário, encaminhe expediente de CONVOCAÇÃO DO SENHOR KEITE ARAÚJO REIS, ilustre Secretário de Esporte de nosso Município, para comparecer a esta casa de leis.(Votação; aprovado).</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Neide</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/req_06-24_neide.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/req_06-24_neide.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, providências cabíveis para realização de limpeza urbana por meio de garis e coleta de lixo no Setor Ypê do município de Marianópolis/TO. (Votação: aprovado).</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/req_07-24_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/req_07-24_valmi.pdf</t>
   </si>
   <si>
     <t>Requer ao Prefeito Municipal, que providencie o caminhão coletor de lixo junto com os garis, para limpeza nas agrovilas Vila do Prata, PA Manchete e PA Piracema. (Votação: aprovado).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -810,68 +810,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/8/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/9/indicacao_02-2024_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/5/ind_03-24_gilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_davi_vereador_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/indicacao_007-2024_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/indicacao_008-2024_valmi_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/indicacao_009-2024_lindomar_araujo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/indicacao_010-2024_gilson_coutinho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/ind_11-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/ind_12-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/ind_13-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/70/ind_14-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/ind_15-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/ind_16-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/ind_17-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/ind_18-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/ind_19-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/ind_20-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/ple_02-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/ple_03-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/ple_04-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_lei_005-2025_dispoe_sobre_as_diretrizes_gerais_para_a.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_006-2024_aprovado_em_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_008-2024_lei_520-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/pll_04-24_ver._joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/pll_05-2024_subsidios.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/pr_02-24_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/pr_08-24_subsidios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/6/req_01-24_gison.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/7/req_02-24_gison.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_03-2024_valmir_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_004-2024_valimi_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_005-2024_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/req_06-24_neide.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/req_07-24_valmi.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/8/indicacao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/9/indicacao_02-2024_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/5/ind_03-24_gilson.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/12/indicacao_davi_vereador_004-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/60/indicacao_007-2024_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/61/indicacao_008-2024_valmi_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/62/indicacao_009-2024_lindomar_araujo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/64/indicacao_010-2024_gilson_coutinho.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/67/ind_11-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/68/ind_12-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/69/ind_13-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/70/ind_14-24_lindomar.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/71/ind_15-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/72/ind_16-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/77/ind_17-24_valmi.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/80/ind_18-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/81/ind_19-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/82/ind_20-24_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/73/ple_02-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/75/ple_03-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/76/ple_04-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/118/projeto_de_lei_005-2025_dispoe_sobre_as_diretrizes_gerais_para_a.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/120/projeto_de_lei_006-2024_aprovado_em_janeiro_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/119/projeto_de_lei_008-2024_lei_520-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/79/pll_04-24_ver._joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/84/pll_05-2024_subsidios.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/66/pr_02-24_ouvidoria.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/83/pr_08-24_subsidios.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/6/req_01-24_gison.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/7/req_02-24_gison.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/11/requerimento_03-2024_valmir_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/63/requerimento_004-2024_valimi_da_manchete.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/65/requerimento_005-2024_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/74/req_06-24_neide.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2024/78/req_07-24_valmi.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="23.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="149.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="148.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="253.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>