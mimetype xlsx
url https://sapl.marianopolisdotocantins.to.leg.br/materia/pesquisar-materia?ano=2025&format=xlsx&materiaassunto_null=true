--- v0 (2025-10-24)
+++ v1 (2026-01-31)
@@ -10,107 +10,107 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1088" uniqueCount="520">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1493" uniqueCount="670">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Elias Alexandre</t>
+    <t>Elias Alexandre da Silva</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Senhor Prefeito Municipal que providencie o problema de alagamento de acúmulo de água na rua que fica no Setor Ipe na esquina da Rua Ipe 12 em frente a torneadora progresso.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>João Marcos</t>
+    <t>João Marcos Rezende</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar que realiza a operação tapa buracos nas Ruas e Avenidas da cidade.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Senhor Prefeito Municipal, junto com o secretário da Infraestrutura que providencie a Manutenção das Estradas Vicinais do PA. Piracema.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>4</t>
   </si>
@@ -153,78 +153,78 @@
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a reforma dos banheiros masculino e feminino da Escola Municipal do P.A Piracema.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que viabilize a construção de um Posto de Saúde, no Setor Pequizeiro em Marianópolis - TO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>Adailton Pereira</t>
+    <t>Adailton Pereira da Costa</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Seja oficiado ao Excelentíssimo senhor prefeito, junto com o secretário municipal de transportes e obras públicas, que faça a manutenção da Iluminação pública da praça Rafael Meira Tofolo.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Seja oficiado ao Excelentíssimo Senhor Prefeito, junto com o Secretário Municipal de Saúde, indicar que providencie a reforma do posto de saúde do PA -  Piracema.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>Valmi Lopes</t>
+    <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um poço artesiano no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de uma escola municipal no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>14</t>
   </si>
@@ -304,144 +304,144 @@
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de arquibancada no estádio Carneirão em Marianópolis - TO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize construção de uma calçada e um parque para crianças no bosque do P.A Manchete em_x000D_
 Marianópolis - TO.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>José Davi</t>
+    <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a aquisição de um carro na área da saúde para dar assistência no setor Pequizeiro e Jacó.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um posto de saúde e consultório odontológico no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um terminal rodoviário em Marianópolis - TO.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de um caminhão coletor de lixo para suprir as demandas de Marianópolis - TO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>Cleidiana Dias</t>
+    <t>Cleidiana Dias Pereira</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de dois postes de iluminação pública na Rua Santo Antônio, esquina com a Rua 7 de Setembro, devido à completa ausência de iluminação no local.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>Antonio Renato</t>
+    <t>Antonio Renato da Silva Moreira</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a restauração de muro e construção de calçada na parte externa no entorno da Escola Municipal Amazílio de Souza Ribeiro na cidade Marianópolis - TO, com instalação de câmeras de segurança para patrulhamento.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de uma academia ao ar livre, na praça Rafael Tófolo em Marianópolis - TO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>Luís Jônatas</t>
+    <t>Luís Jônatas Alves da Silva</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Indicar a vossa Excelência Senhor Prefeito Municipal, junto com o Secretário, que providencie limpeza, nas laterais da rodovia TO 080, saindo da cidade até o setor Ypê, pois o mato está alto e bastante perigoso, na mesma oportunidade peço que faça quebra-molas e coloque uns redutores de velocidade.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de uma academia ao ar livre, no PA- Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>31</t>
   </si>
@@ -630,51 +630,51 @@
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de uma pista de caminhada e corrida com iluminação nas margens da_x000D_
 TO 080, saída de Marianópolis - TO para Gaseara - TO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize construção de uma calçada na Rua Geraldo Alvarenga, proximidade da Escola Municipal Amazilo de Souza Ribeiro em Marianópolis-TO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>Elizaine Ferreira</t>
+    <t>Elizaine Ferreira da Silva</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que providencie a manutenção da estrada vicinal, saindo da cidade de Marianópolis sentido ao Rio_x000D_
 Piranha, bem como busque recursos parlamentar para construção de uma ponte de concreto no Rio Piranha.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de um poço artesiano na Escola Municipal Amazilo de Souza Ribeiro em Marianópolis-TO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>50</t>
@@ -965,50 +965,62 @@
   <si>
     <t>206</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize o patrolamento da estrada vicinal saindo da Fazenda Recanto até o Rio Piranha, bem como se viabilize um mutirão tapa-buraco nas proximidades da Fazenda Pascalhe.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a reforma e cobertura da quadra de esportes da Escola Municipal Amazilio de Souza Ribeiro.</t>
   </si>
   <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a manutenção da estrada da Fazenda São Raimundo, proprietário senhor José Honório Dias Figueira, popularmente conhecido como Coronel, em Marianópolis - TO.</t>
+  </si>
+  <si>
     <t>208</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de 9 (nove) motocicletas para os Agentes Comunitários de Saúde Rural (ACS) de Marianópolis - TO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de 12 (doze) bicicletas para os Agentes Comunitários de Saúde Urbana (ACS) de Marianópolis - TO.</t>
   </si>
   <si>
     <t>210</t>
@@ -1025,183 +1037,456 @@
   <si>
     <t>211</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, seja realizada o estudo e reestruturação do tráfego na cidade de Marianópolis - TO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, junto com o secretario municipal de transporte e obras públicas senhor Fernando Pereira de Souza, que faça o patrolamento nas estradas vicinais dos senhores: Noé, Adailton e Ivo Nogueira e na mesma oportunidade na rota da estrada do Senhor Cipriano Braga.</t>
   </si>
   <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a nominação do Ginásio de Esportes de Marianópolis - TO de "Paulo Roberto Oliveira Reis", popularmente conhecido como "Paulo Piaba".</t>
+  </si>
+  <si>
     <t>213</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, notifique e cobre informações de seu secretário, especificamente do Secretário de Infraestrutura, a instalação de galeria de água pluvial com 2 bocas de lobo na Av. Codespar, em frente à Churrascaria do Gilmar.</t>
   </si>
   <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de câmeras de segurança nas 3 Unidade Básica de Saúde Urbanas e nas Unidades Rurais (UBS) em Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção de dois bueiros, na vicinal da agrovila li, em frente às chácaras do Sr. Cosmo Soares Dias e do Sr. Mauro Taquaruçu, ambas no P.A Piracema.</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf</t>
+  </si>
+  <si>
+    <t>Construção de uma casa que sirva de abrigo para crianças em situação de vulnerabilidade em Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a implementação de uma rota de transporte escolar dos ônibus terceirizados no PA Piracema.</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>Antonio Renato da Silva Moreira, João Marcos Rezende</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um poço artesiano no Agrovila I, no PA Piracema, em Marianópolis do Tocantins.</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de iluminação na extensão da Avenida Codespar, que liga o centro da cidade ao Setor Residencial Ipê.</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, faça a manutenção nas Estradas Vicinais, Ramais e reaberturas caso necessário, no P.A Piracema Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, faça patrolamento na estrada vicinal da TO 080, que da acesso a Agrovila e manutenção nos corredores da Rota de Transporte Escolar no Assentamento P.A Manchete Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, sejam adotadas as providências necessárias para a pintura e revitalização das faixas elevadas de pedestres localizadas ao longo da via principal da cidade, desde a entrada do portal até a saída do Setor Ipê.</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção do aterro da Ponte Rio do Prata, se for necessário que coloque Manilhas.</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf</t>
+  </si>
+  <si>
+    <t>Que faça as correções dos pontos de alagamento na Avenida Kaiapó ao lado do Banco Sicoob, Rua Bezerra Pinto, esquina com a Avenida 15 de Novembro, Rua Alves Rocha com a Rua Rita de Barros e Rua Travessa Dois, Esquina com a Rua Kaiapó, na mesma oportunidade peço que faça as correção no Setor Ypê: Rua 08 com a esquina da Rua Ypê 11 e na Rua Ypê 03 com a esquina da Rua Ypê 06.</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf</t>
+  </si>
+  <si>
+    <t>Construção de bueiros com aterramentos na estrada vicinal do PA Piracema a Marianópolis do Tocantins.</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção nas estradas vicinais do P.A Piracema e no P.A Manchete. A pedidos dos Produtores e Moradores que ali transita, pois está bastante precária as estradas devido as grandes chuvas que estão ocorrendo, as estradas estão com bastante erosão, buracos e costela de vaca a onde pode ocorrer acidentes.</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf</t>
+  </si>
+  <si>
+    <t>Viabilize a manutenção da iluminação pública da Agrovila lI, PA Piracema, na cidade de Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf</t>
+  </si>
+  <si>
+    <t>Manutenção nas estradas das Fazendas: Lagoa da Prata (Jairo Roso) São Domingos (Rubão) e também na estrada da Fazenda São Bento no município de Marianópolis - TO.</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf</t>
+  </si>
+  <si>
+    <t>Recuperação das estradas vicinais no PA Manchete em Marianópolis do Tocantins/TO.</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf</t>
+  </si>
+  <si>
+    <t>Ampliação em geral do cemitério público São João Batista em Marianópolis – TO, a citar: o aumento do pátio; a manutenção no sistema elétrico; a reforma do muro lateral e frontal; a reformar da casinha sede; e, organização da entrada do cemitério.</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf</t>
+  </si>
+  <si>
+    <t>Recapagem das ruas da cidade de Marianópolis – TO, principalmente as que estão em estado crítico.</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>Cleidiana Dias Pereira, Valmi Lopes Gonçalves</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf</t>
+  </si>
+  <si>
+    <t>Viabilizar mutirão de Limpeza no Vila do Prata.</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf</t>
+  </si>
+  <si>
+    <t>Fazer 3 (três) quebra molas e na mesma oportunidade, solicitar que o caminhão que realiza a coleta de lixo seja feito pelo menos 2 vezes mensal no Vila do Prata.</t>
+  </si>
+  <si>
     <t>151</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Saulo Costa Moreira</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o parcelamento de débitos previdenciários do Município de Marianópolis do Tocantins com seu Regime Próprio de Previdência Social (PREVIMAR) e dá outras providências."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre extinção, criação e alteração de salário de cargos na Secretaria Municipal de Juventude, Cultura, Esporte e Lazer constantes no anexo II da Lei nº 484/2022, de 13 de abril de 2022, que dispõe sobre a organização e estrutura administrativa do Poder Executivo do Município de Marianópolis do Tocantins, e dá outras providências."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Idoso - FMI de Marianópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf</t>
   </si>
   <si>
     <t>"Institui e regulamenta a concessão do auxílio para Tratamento Fora do Domicílio-TFD".</t>
   </si>
   <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre revogação da Lei Municipal nº 426, de 11 de agosto de 2018, que revogou a autorização para celebração de convênio de cooperação com o Estado do Tocantins junto à Agência Tocantinense de Saneamento -ATS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
     <t>221</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf</t>
   </si>
   <si>
     <t>Prorroga até 31 de dezembro de 2026 a vigência do Pleno Municipal de Educação aprovado por meio da Lei 395/2015.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf</t>
   </si>
   <si>
     <t>Institui o Programa Nacional "Educação sem Fronteiras" no âmbito do Município de Marianópolis do Tocantins, altera a Lei n° 483, de 31 de dezembro de 2021 (PPA 2022-2025), a Lei n° 518, de 18 de janeiro de 2025 (LDO 2025), e a Lei n° 519, de 8 de janeiro de 2025 (LOA 2025), e dá outras providências.</t>
   </si>
   <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Plano Plurianual (PPA) de governo do Município de Marianópolis do Tocantins para os anos 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de MARIANÓPOLIS DO TOCANTINS, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre concessão de benefícios fiscais para incentivos a projetos habitacionais vinculados ao Programa Minha Casa Minha Vida e ao Programa Nacional de Habitação de Interesse Social do Governo Federal, na forma que especifica.</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a alteração da Lei Municipal nº 314/2009, definindo novo plano de amortização do déficit atuarial do RPPS do município de Marianópolis do Tocantins/TO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_002-2025_dispoe_sobre_a_concessao_das_diarias_da_camara_municipal_de_marianopolis_to....pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Concessão de Diárias ao Presidente, Vereadores, Servidores, Comissionados e Efetivos, e Assessores da Câmara Municipal de Marianópolis - TO e dá outras Providências.</t>
+  </si>
+  <si>
     <t>136</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Marianópolis do Tocantins a política municipal de proteção dos direitos da pessoa com transtorno do espectro autista e semana municipal de conscientização do autismo, a ser adotada anualmente a partir do dia 2 de abril, data de comemoração mundial de conscientização do autismo, e dá outras providências.</t>
   </si>
   <si>
-    <t>158</t>
-[...5 lines deleted...]
-    <t>Dispõe sobre a Concessão de Diárias ao Presidente, Vereadores, Servidores, Comissionados e Efetivos, e Assessores da Câmara Municipal de Marianópolis - TO e dá outras Providências.</t>
+    <t>247</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a criação do Projeto “Vereador por um dia”, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a nomeação da casa de velório de Marianópolis – TO, que passará a se chamar Casa de Velório José Bezerra Pinto, e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>João Marcos, Valmi Lopes</t>
+    <t>João Marcos Rezende, Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor José Araújo Abreu, e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de titulo de cidadão Marianopolense ao Senhor José Paulo Araújo, e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>Antonio Renato, João Marcos, Luís Jônatas, Valmi Lopes</t>
+    <t>Antonio Renato da Silva Moreira, João Marcos Rezende, Luís Jônatas Alves da Silva, Valmi Lopes Gonçalves</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL ELETRÔNICO DA CÂMARA MUNICIPAL DE MARIANÓPOLIS DO TOCANTINS, ESTADO DO TOCANTINS, COMO MEIO OFICIAL DE COMUNICAÇÃO, PUBLICIDADE E DIVULGAÇÃO DOS ATOS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor Neri José Enderle, e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf</t>
   </si>
   <si>
     <t>"Modifica o art. 3º da Resolução nº 002/2024 da Câmara Municipal de Marianópolis do Tocantins, e dá outras providências."</t>
   </si>
@@ -1497,50 +1782,59 @@
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que viabilize aquisição de container de lixo, nas Escolas Municipais do Município.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que, por meio da Mesa Diretora, competente para iniciativa, aprove Projeto de Resolução para concessões de títulos de cidadãos Marianopolenses aos Senhores: 1) SEBASTIÃO GONÇALVES LOPES; 2) MILTON PEREIRA DA SILVA; 3) ALPINO TORQUATO DE ASSIS; 4) ANTÔNIO BENTO LIMA; 5) JOÃO FRANCISCO DE SOUZA; 6) NINO ALVES DE MOURA; 7) CIPRIANO FERREIRA BRAGA; 8) JOSÉ DO EGITO MAGALHÃES BARBOSA; e, 9) JOÃO BRAGA DE OLIVEIRA (in memoriam).</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que, por meio da Mesa Diretora, competente para iniciativa, aprove Projeto de Resolução para concessão de título de cidadão Marianopolense ao Senhor NELSON RIBEIRO DE ABREU.</t>
   </si>
   <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf</t>
+  </si>
+  <si>
+    <t>Que a Casa de Velório situada na Avenida Castelo Branco, Centro, neste Município, passe a denominar-se oficialmente Casa de Velório José Bezerra Pinto, em justa e merecida homenagem a essa destacada personalidade.</t>
+  </si>
+  <si>
     <t>116</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Marianópolis do Tocantins, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da lei orçamentária de 2025 (ano referência de 2025) e dá outras providências.</t>
@@ -1576,50 +1870,206 @@
     <t>Parecer referente ao Projeto de Lei n° 010/2025, de 26 de agosto de 2025 que: "Prorroga até 31 de dezembro de 2026 a vigência do Pleno Municipal de Educação aprovado por meio da Lei 395/2015."</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 010/2025, de 26 de agosto de 2025 que: "Prorroga até 31 de dezembro de 2026 a vigência do Plano Municipal de Educação aprovado por meio da Lei 395/2015."</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 011/2025, de 09 de setembro de 2025 que: "Institui o Programa Nacional "Educação sem Fronteiras" no âmbito do Município de Marianópolis do Tocantins, altera a Lei n° 483, de 31 de dezembro de 2021 (PPA 2022-2025), a Lei n° 518, de 18 de janeiro de 2025 (LDO 2025), e a Lei n° 519, de 8 de janeiro de 2025 (LOA 2025), e dá outras providências."</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>PARECER CONCLUSIVO: COMISSÃO PERMANENTE DE SAÚDE, EDUCAÇÃO E DESPORTO, SEGURANÇA PÚBLICA E DESENVOLVIMENTO SOCIAL. PROJETO DE LEI Nº 002/2025, de 25 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>PARECER CONCLUSIVO: COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO. Ref.: PROJETO DE LEI Nº 02/2025, de 25 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI N º 006/2025: Dispõe sobre revogação da Lei Municipal nº 426, de 11 de agosto de 2018, que revogou a autorização para celebração de convênio de cooperação com o Estado do Tocantins junto à Agência Tocantinense de Saneamento -ATS, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação, CFO - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI N° 018/2025:  Dispõe sobre concessão de benefícios fiscais para incentivos a projetos habitacionais vinculados ao Programa Minha Casa Minha Vida e ao Programa Nacional de Habitação de Interesse Social do Governo Federal, na forma que especifica.</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 020/2025: Dispõe sobre a alteração da Lei Municipal nº 314/2009, definindo novo plano de amortização do déficit atuarial do RPPS do município de Marianópolis do Tocantins/TO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx</t>
+  </si>
+  <si>
+    <t>PROJETO DE EMENDA DE LEI ORGÂNICA Nº 001/2025, de 10 de dezembro de 2025: “Altera a Lei Orgânica do Município de Marianópolis – TO para incluir o art. 116-A na Seção III, que institui a previsão das emendas impositivas, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 009/2025, de 19 de agosto de 2025: Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 013/2025, de 22 de setembro de 2025: Dispõe sobre o Plano Plurianual (PPA) de governo do Município de Marianópolis do Tocantins para os anos 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 016/2025, de 14 de outubro de 2025: Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Marianópolis do Tocantins, para o exercício de 2026.</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>ATA-O</t>
+  </si>
+  <si>
+    <t>Ata da Sessão Ordinária</t>
+  </si>
+  <si>
+    <t>Ata da 40ª Sessão Ordinária da 10ª Legislatura</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 41ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 42ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 43ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 44ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 45ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 46ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 47 Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 48ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 49ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>Ata Eletrônica da 50ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>PELO</t>
+  </si>
+  <si>
+    <t>Projeto de Emenda a Lei Orgânica</t>
+  </si>
+  <si>
+    <t>Mesa Diretora da Câmara</t>
+  </si>
+  <si>
+    <t>Altera a Lei Orgânica do Município de Marianópolis-TO para incluir o Art. 116-A na Seção III, que institui a previsão das emendas impositivas, e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1923,67 +2373,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_002-2025_dispoe_sobre_a_concessao_das_diarias_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_002-2025_dispoe_sobre_a_concessao_das_diarias_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H136"/>
+  <dimension ref="A1:H188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="86.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="115.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3910,51 +4360,51 @@
       </c>
       <c r="G75" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H75" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>316</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
         <v>317</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H76" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>320</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
         <v>321</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
         <v>12</v>
       </c>
       <c r="F77" t="s">
@@ -3988,51 +4438,51 @@
       </c>
       <c r="G78" s="1" t="s">
         <v>326</v>
       </c>
       <c r="H78" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>328</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
         <v>329</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
         <v>12</v>
       </c>
       <c r="F79" t="s">
-        <v>128</v>
+        <v>114</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>330</v>
       </c>
       <c r="H79" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>332</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
         <v>333</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
         <v>12</v>
       </c>
       <c r="F80" t="s">
@@ -4040,1487 +4490,2806 @@
       </c>
       <c r="G80" s="1" t="s">
         <v>334</v>
       </c>
       <c r="H80" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>336</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
         <v>337</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>128</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>338</v>
       </c>
       <c r="H81" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>340</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>17</v>
+        <v>341</v>
       </c>
       <c r="D82" t="s">
-        <v>341</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>119</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="F82" t="s">
+      <c r="H82" t="s">
         <v>343</v>
-      </c>
-[...4 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>344</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>345</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>346</v>
       </c>
-      <c r="B83" t="s">
-[...14 lines deleted...]
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
+        <v>348</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
         <v>349</v>
       </c>
-      <c r="B84" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>341</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>342</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>343</v>
+        <v>114</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>350</v>
       </c>
       <c r="H84" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>352</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D85" t="s">
-        <v>341</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>342</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
-        <v>343</v>
+        <v>205</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H85" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>355</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
+        <v>16</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>114</v>
+      </c>
+      <c r="G86" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="D86" t="s">
-[...8 lines deleted...]
-      <c r="G86" s="1" t="s">
+      <c r="H86" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>358</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>21</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>119</v>
+      </c>
+      <c r="G87" s="1" t="s">
         <v>359</v>
       </c>
-      <c r="B87" t="s">
-[...14 lines deleted...]
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>361</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>29</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
         <v>362</v>
       </c>
-      <c r="B88" t="s">
-[...5 lines deleted...]
-      <c r="D88" t="s">
+      <c r="G88" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="E88" t="s">
+      <c r="H88" t="s">
         <v>364</v>
-      </c>
-[...7 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
+        <v>365</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>37</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>128</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H89" t="s">
         <v>367</v>
-      </c>
-[...19 lines deleted...]
-        <v>369</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
+        <v>368</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>33</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H90" t="s">
         <v>370</v>
-      </c>
-[...19 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>22</v>
+        <v>50</v>
       </c>
       <c r="D91" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>56</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="F91" t="s">
+      <c r="H91" t="s">
         <v>373</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>26</v>
+        <v>54</v>
       </c>
       <c r="D92" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F92" t="s">
-        <v>380</v>
+        <v>47</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="H92" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>30</v>
+        <v>59</v>
       </c>
       <c r="D93" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F93" t="s">
-        <v>373</v>
+        <v>97</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="H93" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="D94" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F94" t="s">
-        <v>56</v>
+        <v>128</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="H94" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="D95" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F95" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="H95" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="D96" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F96" t="s">
-        <v>56</v>
+        <v>128</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="H96" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="D97" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F97" t="s">
         <v>56</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
       <c r="H97" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>356</v>
+        <v>87</v>
       </c>
       <c r="D98" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F98" t="s">
-        <v>56</v>
+        <v>119</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="H98" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>51</v>
+        <v>100</v>
       </c>
       <c r="D99" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F99" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="H99" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="D100" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F100" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="H100" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>64</v>
+        <v>112</v>
       </c>
       <c r="D101" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F101" t="s">
-        <v>56</v>
+        <v>114</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="H101" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>68</v>
+        <v>126</v>
       </c>
       <c r="D102" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F102" t="s">
-        <v>373</v>
+        <v>405</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="H102" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="D103" t="s">
-        <v>371</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="F103" t="s">
-        <v>373</v>
+        <v>56</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="H103" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
+        <v>411</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>17</v>
+      </c>
+      <c r="D104" t="s">
+        <v>412</v>
+      </c>
+      <c r="E104" t="s">
+        <v>413</v>
+      </c>
+      <c r="F104" t="s">
+        <v>414</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="H104" t="s">
         <v>416</v>
-      </c>
-[...19 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
+        <v>417</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>22</v>
+      </c>
+      <c r="D105" t="s">
+        <v>412</v>
+      </c>
+      <c r="E105" t="s">
+        <v>413</v>
+      </c>
+      <c r="F105" t="s">
+        <v>414</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>418</v>
+      </c>
+      <c r="H105" t="s">
         <v>419</v>
-      </c>
-[...19 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="D106" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E106" t="s">
+        <v>413</v>
+      </c>
+      <c r="F106" t="s">
+        <v>414</v>
+      </c>
+      <c r="G106" s="1" t="s">
         <v>421</v>
       </c>
-      <c r="F106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H106" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="D107" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E107" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>414</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="H107" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>64</v>
+        <v>34</v>
       </c>
       <c r="D108" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E108" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>414</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="H108" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
       <c r="D109" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E109" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F109" t="s">
-        <v>18</v>
+        <v>414</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="H109" t="s">
-        <v>435</v>
+        <v>431</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>436</v>
+        <v>432</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>72</v>
+        <v>433</v>
       </c>
       <c r="D110" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E110" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F110" t="s">
-        <v>114</v>
+        <v>414</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
       <c r="H110" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>439</v>
+        <v>436</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="D111" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E111" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F111" t="s">
-        <v>119</v>
+        <v>414</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>440</v>
+        <v>437</v>
       </c>
       <c r="H111" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="D112" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E112" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F112" t="s">
-        <v>18</v>
+        <v>414</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="H112" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="D113" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E113" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F113" t="s">
-        <v>56</v>
+        <v>414</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="H113" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>448</v>
+        <v>445</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D114" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E114" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F114" t="s">
-        <v>18</v>
+        <v>414</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>449</v>
+        <v>446</v>
       </c>
       <c r="H114" t="s">
-        <v>450</v>
+        <v>447</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D115" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E115" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>414</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>452</v>
+        <v>449</v>
       </c>
       <c r="H115" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D116" t="s">
-        <v>420</v>
+        <v>412</v>
       </c>
       <c r="E116" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="H116" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>454</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>455</v>
+      </c>
+      <c r="E117" t="s">
+        <v>456</v>
+      </c>
+      <c r="F117" t="s">
+        <v>47</v>
+      </c>
+      <c r="G117" s="1" t="s">
         <v>457</v>
       </c>
-      <c r="B117" t="s">
-[...14 lines deleted...]
-      <c r="G117" s="1" t="s">
+      <c r="H117" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
+        <v>459</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>455</v>
+      </c>
+      <c r="E118" t="s">
+        <v>456</v>
+      </c>
+      <c r="F118" t="s">
+        <v>56</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>460</v>
       </c>
-      <c r="B118" t="s">
-[...14 lines deleted...]
-      <c r="G118" s="1" t="s">
+      <c r="H118" t="s">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
+        <v>462</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>22</v>
+      </c>
+      <c r="D119" t="s">
+        <v>455</v>
+      </c>
+      <c r="E119" t="s">
+        <v>456</v>
+      </c>
+      <c r="F119" t="s">
+        <v>18</v>
+      </c>
+      <c r="G119" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="B119" t="s">
-[...14 lines deleted...]
-      <c r="G119" s="1" t="s">
+      <c r="H119" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
+        <v>465</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>17</v>
+      </c>
+      <c r="D120" t="s">
         <v>466</v>
       </c>
-      <c r="B120" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E120" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F120" t="s">
-        <v>114</v>
+        <v>468</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="H120" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>118</v>
+        <v>22</v>
       </c>
       <c r="D121" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E121" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F121" t="s">
-        <v>205</v>
+        <v>468</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="H121" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>132</v>
+        <v>26</v>
       </c>
       <c r="D122" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E122" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F122" t="s">
-        <v>205</v>
+        <v>475</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H122" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>136</v>
+        <v>30</v>
       </c>
       <c r="D123" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E123" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F123" t="s">
-        <v>119</v>
+        <v>468</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="H123" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>144</v>
+        <v>34</v>
       </c>
       <c r="D124" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E124" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F124" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="H124" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>148</v>
+        <v>38</v>
       </c>
       <c r="D125" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E125" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F125" t="s">
-        <v>128</v>
+        <v>56</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="H125" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>152</v>
+        <v>42</v>
       </c>
       <c r="D126" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E126" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="H126" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>164</v>
+        <v>46</v>
       </c>
       <c r="D127" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E127" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F127" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="H127" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>168</v>
+        <v>433</v>
       </c>
       <c r="D128" t="s">
-        <v>420</v>
+        <v>466</v>
       </c>
       <c r="E128" t="s">
-        <v>421</v>
+        <v>467</v>
       </c>
       <c r="F128" t="s">
-        <v>97</v>
+        <v>56</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="H128" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="D129" t="s">
-        <v>494</v>
+        <v>466</v>
       </c>
       <c r="E129" t="s">
-        <v>495</v>
+        <v>467</v>
       </c>
       <c r="F129" t="s">
-        <v>496</v>
+        <v>56</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>497</v>
       </c>
       <c r="H129" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>499</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>17</v>
+        <v>55</v>
       </c>
       <c r="D130" t="s">
-        <v>494</v>
+        <v>466</v>
       </c>
       <c r="E130" t="s">
-        <v>495</v>
+        <v>467</v>
       </c>
       <c r="F130" t="s">
-        <v>496</v>
+        <v>56</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H130" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>502</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="D131" t="s">
-        <v>494</v>
+        <v>466</v>
       </c>
       <c r="E131" t="s">
-        <v>495</v>
+        <v>467</v>
       </c>
       <c r="F131" t="s">
+        <v>56</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="G131" s="1" t="s">
+      <c r="H131" t="s">
         <v>504</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
+        <v>505</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>68</v>
+      </c>
+      <c r="D132" t="s">
+        <v>466</v>
+      </c>
+      <c r="E132" t="s">
+        <v>467</v>
+      </c>
+      <c r="F132" t="s">
+        <v>468</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>506</v>
       </c>
-      <c r="B132" t="s">
-[...11 lines deleted...]
-      <c r="F132" t="s">
+      <c r="H132" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>508</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>72</v>
+      </c>
+      <c r="D133" t="s">
+        <v>466</v>
+      </c>
+      <c r="E133" t="s">
+        <v>467</v>
+      </c>
+      <c r="F133" t="s">
+        <v>468</v>
+      </c>
+      <c r="G133" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B133" t="s">
-[...14 lines deleted...]
-      <c r="G133" s="1" t="s">
+      <c r="H133" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>511</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>76</v>
+      </c>
+      <c r="D134" t="s">
+        <v>466</v>
+      </c>
+      <c r="E134" t="s">
+        <v>467</v>
+      </c>
+      <c r="F134" t="s">
+        <v>468</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>512</v>
       </c>
-      <c r="B134" t="s">
-[...14 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>514</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>10</v>
+      </c>
+      <c r="D135" t="s">
         <v>515</v>
       </c>
-      <c r="B135" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E135" t="s">
-        <v>495</v>
+        <v>516</v>
       </c>
       <c r="F135" t="s">
-        <v>503</v>
+        <v>56</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H135" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
+        <v>17</v>
+      </c>
+      <c r="D136" t="s">
+        <v>515</v>
+      </c>
+      <c r="E136" t="s">
+        <v>516</v>
+      </c>
+      <c r="F136" t="s">
+        <v>56</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="H136" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>522</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>60</v>
+      </c>
+      <c r="D137" t="s">
+        <v>515</v>
+      </c>
+      <c r="E137" t="s">
+        <v>516</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="H137" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>525</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>64</v>
+      </c>
+      <c r="D138" t="s">
+        <v>515</v>
+      </c>
+      <c r="E138" t="s">
+        <v>516</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H138" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>528</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>68</v>
+      </c>
+      <c r="D139" t="s">
+        <v>515</v>
+      </c>
+      <c r="E139" t="s">
+        <v>516</v>
+      </c>
+      <c r="F139" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H139" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>531</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>72</v>
+      </c>
+      <c r="D140" t="s">
+        <v>515</v>
+      </c>
+      <c r="E140" t="s">
+        <v>516</v>
+      </c>
+      <c r="F140" t="s">
+        <v>114</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="H140" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>534</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>76</v>
+      </c>
+      <c r="D141" t="s">
+        <v>515</v>
+      </c>
+      <c r="E141" t="s">
+        <v>516</v>
+      </c>
+      <c r="F141" t="s">
+        <v>119</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H141" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>537</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>80</v>
+      </c>
+      <c r="D142" t="s">
+        <v>515</v>
+      </c>
+      <c r="E142" t="s">
+        <v>516</v>
+      </c>
+      <c r="F142" t="s">
+        <v>18</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="H142" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>540</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>84</v>
+      </c>
+      <c r="D143" t="s">
+        <v>515</v>
+      </c>
+      <c r="E143" t="s">
+        <v>516</v>
+      </c>
+      <c r="F143" t="s">
+        <v>56</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H143" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>543</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>88</v>
+      </c>
+      <c r="D144" t="s">
+        <v>515</v>
+      </c>
+      <c r="E144" t="s">
+        <v>516</v>
+      </c>
+      <c r="F144" t="s">
+        <v>18</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="H144" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>546</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>92</v>
+      </c>
+      <c r="D145" t="s">
+        <v>515</v>
+      </c>
+      <c r="E145" t="s">
+        <v>516</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H145" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>549</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>96</v>
+      </c>
+      <c r="D146" t="s">
+        <v>515</v>
+      </c>
+      <c r="E146" t="s">
+        <v>516</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="H146" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>552</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>101</v>
+      </c>
+      <c r="D147" t="s">
+        <v>515</v>
+      </c>
+      <c r="E147" t="s">
+        <v>516</v>
+      </c>
+      <c r="F147" t="s">
+        <v>128</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H147" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>555</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>105</v>
+      </c>
+      <c r="D148" t="s">
+        <v>515</v>
+      </c>
+      <c r="E148" t="s">
+        <v>516</v>
+      </c>
+      <c r="F148" t="s">
+        <v>205</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H148" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>558</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>109</v>
+      </c>
+      <c r="D149" t="s">
+        <v>515</v>
+      </c>
+      <c r="E149" t="s">
+        <v>516</v>
+      </c>
+      <c r="F149" t="s">
+        <v>97</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="H149" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>561</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>113</v>
+      </c>
+      <c r="D150" t="s">
+        <v>515</v>
+      </c>
+      <c r="E150" t="s">
+        <v>516</v>
+      </c>
+      <c r="F150" t="s">
+        <v>114</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="H150" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>564</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>118</v>
+      </c>
+      <c r="D151" t="s">
+        <v>515</v>
+      </c>
+      <c r="E151" t="s">
+        <v>516</v>
+      </c>
+      <c r="F151" t="s">
+        <v>205</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H151" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>567</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>132</v>
+      </c>
+      <c r="D152" t="s">
+        <v>515</v>
+      </c>
+      <c r="E152" t="s">
+        <v>516</v>
+      </c>
+      <c r="F152" t="s">
+        <v>205</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H152" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>570</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>136</v>
+      </c>
+      <c r="D153" t="s">
+        <v>515</v>
+      </c>
+      <c r="E153" t="s">
+        <v>516</v>
+      </c>
+      <c r="F153" t="s">
+        <v>119</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H153" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>573</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>144</v>
+      </c>
+      <c r="D154" t="s">
+        <v>515</v>
+      </c>
+      <c r="E154" t="s">
+        <v>516</v>
+      </c>
+      <c r="F154" t="s">
+        <v>18</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="H154" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>576</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>148</v>
+      </c>
+      <c r="D155" t="s">
+        <v>515</v>
+      </c>
+      <c r="E155" t="s">
+        <v>516</v>
+      </c>
+      <c r="F155" t="s">
+        <v>128</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H155" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>579</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>152</v>
+      </c>
+      <c r="D156" t="s">
+        <v>515</v>
+      </c>
+      <c r="E156" t="s">
+        <v>516</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H156" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>582</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>164</v>
+      </c>
+      <c r="D157" t="s">
+        <v>515</v>
+      </c>
+      <c r="E157" t="s">
+        <v>516</v>
+      </c>
+      <c r="F157" t="s">
+        <v>97</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="H157" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>585</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>168</v>
+      </c>
+      <c r="D158" t="s">
+        <v>515</v>
+      </c>
+      <c r="E158" t="s">
+        <v>516</v>
+      </c>
+      <c r="F158" t="s">
+        <v>97</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="H158" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>588</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>172</v>
+      </c>
+      <c r="D159" t="s">
+        <v>515</v>
+      </c>
+      <c r="E159" t="s">
+        <v>516</v>
+      </c>
+      <c r="F159" t="s">
+        <v>56</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H159" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>591</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>10</v>
+      </c>
+      <c r="D160" t="s">
+        <v>592</v>
+      </c>
+      <c r="E160" t="s">
+        <v>593</v>
+      </c>
+      <c r="F160" t="s">
+        <v>594</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="H160" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>597</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>17</v>
+      </c>
+      <c r="D161" t="s">
+        <v>592</v>
+      </c>
+      <c r="E161" t="s">
+        <v>593</v>
+      </c>
+      <c r="F161" t="s">
+        <v>594</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>598</v>
+      </c>
+      <c r="H161" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>600</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>22</v>
+      </c>
+      <c r="D162" t="s">
+        <v>592</v>
+      </c>
+      <c r="E162" t="s">
+        <v>593</v>
+      </c>
+      <c r="F162" t="s">
+        <v>601</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="H162" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>604</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>26</v>
+      </c>
+      <c r="D163" t="s">
+        <v>592</v>
+      </c>
+      <c r="E163" t="s">
+        <v>593</v>
+      </c>
+      <c r="F163" t="s">
+        <v>605</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="H163" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>607</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>30</v>
+      </c>
+      <c r="D164" t="s">
+        <v>592</v>
+      </c>
+      <c r="E164" t="s">
+        <v>593</v>
+      </c>
+      <c r="F164" t="s">
+        <v>601</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H164" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>610</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>34</v>
+      </c>
+      <c r="D165" t="s">
+        <v>592</v>
+      </c>
+      <c r="E165" t="s">
+        <v>593</v>
+      </c>
+      <c r="F165" t="s">
+        <v>605</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H165" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>613</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>38</v>
+      </c>
+      <c r="D166" t="s">
+        <v>592</v>
+      </c>
+      <c r="E166" t="s">
+        <v>593</v>
+      </c>
+      <c r="F166" t="s">
+        <v>601</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H166" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>616</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>42</v>
       </c>
-      <c r="D136" t="s">
-[...12 lines deleted...]
-        <v>517</v>
+      <c r="D167" t="s">
+        <v>592</v>
+      </c>
+      <c r="E167" t="s">
+        <v>593</v>
+      </c>
+      <c r="F167" t="s">
+        <v>605</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H167" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>618</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>46</v>
+      </c>
+      <c r="D168" t="s">
+        <v>592</v>
+      </c>
+      <c r="E168" t="s">
+        <v>593</v>
+      </c>
+      <c r="F168" t="s">
+        <v>605</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H168" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>620</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>433</v>
+      </c>
+      <c r="D169" t="s">
+        <v>592</v>
+      </c>
+      <c r="E169" t="s">
+        <v>593</v>
+      </c>
+      <c r="F169" t="s">
+        <v>601</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H169" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>622</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>51</v>
+      </c>
+      <c r="D170" t="s">
+        <v>592</v>
+      </c>
+      <c r="E170" t="s">
+        <v>593</v>
+      </c>
+      <c r="F170" t="s">
+        <v>601</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="H170" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>625</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>55</v>
+      </c>
+      <c r="D171" t="s">
+        <v>592</v>
+      </c>
+      <c r="E171" t="s">
+        <v>593</v>
+      </c>
+      <c r="F171" t="s">
+        <v>626</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="H171" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>629</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>60</v>
+      </c>
+      <c r="D172" t="s">
+        <v>592</v>
+      </c>
+      <c r="E172" t="s">
+        <v>593</v>
+      </c>
+      <c r="F172" t="s">
+        <v>626</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H172" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>631</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>64</v>
+      </c>
+      <c r="D173" t="s">
+        <v>592</v>
+      </c>
+      <c r="E173" t="s">
+        <v>593</v>
+      </c>
+      <c r="F173" t="s">
+        <v>601</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H173" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>634</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>68</v>
+      </c>
+      <c r="D174" t="s">
+        <v>592</v>
+      </c>
+      <c r="E174" t="s">
+        <v>593</v>
+      </c>
+      <c r="F174" t="s">
+        <v>626</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H174" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>636</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>72</v>
+      </c>
+      <c r="D175" t="s">
+        <v>592</v>
+      </c>
+      <c r="E175" t="s">
+        <v>593</v>
+      </c>
+      <c r="F175" t="s">
+        <v>626</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H175" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>638</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>76</v>
+      </c>
+      <c r="D176" t="s">
+        <v>592</v>
+      </c>
+      <c r="E176" t="s">
+        <v>593</v>
+      </c>
+      <c r="F176" t="s">
+        <v>626</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H176" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>640</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>172</v>
+      </c>
+      <c r="D177" t="s">
+        <v>641</v>
+      </c>
+      <c r="E177" t="s">
+        <v>642</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H177" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>644</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>176</v>
+      </c>
+      <c r="D178" t="s">
+        <v>641</v>
+      </c>
+      <c r="E178" t="s">
+        <v>642</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H178" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>646</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>180</v>
+      </c>
+      <c r="D179" t="s">
+        <v>641</v>
+      </c>
+      <c r="E179" t="s">
+        <v>642</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H179" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>648</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>184</v>
+      </c>
+      <c r="D180" t="s">
+        <v>641</v>
+      </c>
+      <c r="E180" t="s">
+        <v>642</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H180" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>650</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>188</v>
+      </c>
+      <c r="D181" t="s">
+        <v>641</v>
+      </c>
+      <c r="E181" t="s">
+        <v>642</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H181" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>652</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>192</v>
+      </c>
+      <c r="D182" t="s">
+        <v>641</v>
+      </c>
+      <c r="E182" t="s">
+        <v>642</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H182" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>654</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>196</v>
+      </c>
+      <c r="D183" t="s">
+        <v>641</v>
+      </c>
+      <c r="E183" t="s">
+        <v>642</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H183" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>657</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>200</v>
+      </c>
+      <c r="D184" t="s">
+        <v>641</v>
+      </c>
+      <c r="E184" t="s">
+        <v>642</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H184" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>659</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>204</v>
+      </c>
+      <c r="D185" t="s">
+        <v>641</v>
+      </c>
+      <c r="E185" t="s">
+        <v>642</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H185" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>661</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>209</v>
+      </c>
+      <c r="D186" t="s">
+        <v>641</v>
+      </c>
+      <c r="E186" t="s">
+        <v>642</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H186" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>663</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>213</v>
+      </c>
+      <c r="D187" t="s">
+        <v>641</v>
+      </c>
+      <c r="E187" t="s">
+        <v>642</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H187" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>665</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
+        <v>666</v>
+      </c>
+      <c r="E188" t="s">
+        <v>667</v>
+      </c>
+      <c r="F188" t="s">
+        <v>668</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="H188" t="s">
+        <v>669</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -5616,50 +7385,102 @@
     <hyperlink ref="G112" r:id="rId111"/>
     <hyperlink ref="G113" r:id="rId112"/>
     <hyperlink ref="G114" r:id="rId113"/>
     <hyperlink ref="G115" r:id="rId114"/>
     <hyperlink ref="G116" r:id="rId115"/>
     <hyperlink ref="G117" r:id="rId116"/>
     <hyperlink ref="G118" r:id="rId117"/>
     <hyperlink ref="G119" r:id="rId118"/>
     <hyperlink ref="G120" r:id="rId119"/>
     <hyperlink ref="G121" r:id="rId120"/>
     <hyperlink ref="G122" r:id="rId121"/>
     <hyperlink ref="G123" r:id="rId122"/>
     <hyperlink ref="G124" r:id="rId123"/>
     <hyperlink ref="G125" r:id="rId124"/>
     <hyperlink ref="G126" r:id="rId125"/>
     <hyperlink ref="G127" r:id="rId126"/>
     <hyperlink ref="G128" r:id="rId127"/>
     <hyperlink ref="G129" r:id="rId128"/>
     <hyperlink ref="G130" r:id="rId129"/>
     <hyperlink ref="G131" r:id="rId130"/>
     <hyperlink ref="G132" r:id="rId131"/>
     <hyperlink ref="G133" r:id="rId132"/>
     <hyperlink ref="G134" r:id="rId133"/>
     <hyperlink ref="G135" r:id="rId134"/>
     <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>