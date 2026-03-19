--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -54,1911 +54,1911 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Elias Alexandre da Silva</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Senhor Prefeito Municipal que providencie o problema de alagamento de acúmulo de água na rua que fica no Setor Ipe na esquina da Rua Ipe 12 em frente a torneadora progresso.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>João Marcos Rezende</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar que realiza a operação tapa buracos nas Ruas e Avenidas da cidade.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Senhor Prefeito Municipal, junto com o secretário da Infraestrutura que providencie a Manutenção das Estradas Vicinais do PA. Piracema.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Indicar ao Excelentíssimo Senhor Prefeito Municipal, junto com o secretário municipal de transporte e obras públicas, que providencie a manutenção da estrada Vicinal da Vila do Prata, sentido a Divinópolis/TO.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Seja oficiado ao Excelentíssimo senhor Prefeito, junto com o Secretário Municipal de Transportes e Obras, indicar que faça a manutenção de troca de lâmpadas na Agrovila I e a Agrovila II, no PA - Piracema.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize construção de uma ponte na estrada entre: P.A Manchete, Bico da Manchete e o Córrego Mangabeiras, de modo que a ponte se torna meio de infraestrutura essencial para locomoção e acesso de regiões circunvizinhas.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a reforma dos banheiros masculino e feminino da Escola Municipal do P.A Piracema.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que viabilize a construção de um Posto de Saúde, no Setor Pequizeiro em Marianópolis - TO.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Adailton Pereira da Costa</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Seja oficiado ao Excelentíssimo senhor prefeito, junto com o secretário municipal de transportes e obras públicas, que faça a manutenção da Iluminação pública da praça Rafael Meira Tofolo.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Seja oficiado ao Excelentíssimo Senhor Prefeito, junto com o Secretário Municipal de Saúde, indicar que providencie a reforma do posto de saúde do PA -  Piracema.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um poço artesiano no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de uma escola municipal no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que viabilize a conclusão da Pavimentação asfáltica no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a coberta e reforma da quadra de esportes no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de dois campos de futebol, sendo um no P.A Manchete e outro no PA-Piracema em Marianópolis - TO.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize o atendimento médico ao menos quinzenal no Pequizeiro e na Vila do Prata em Marianópolis - TO.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um poço artesiano com a finalidade de abastecer a Agrovila 01 e o posto de saúde no P.A Piracema em Marianópolis - TO.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de dois parques para crianças, a serem localizadas, um na praça Rafael Tófolo, e, outro, no setor Ypê em Marianópolis - TO.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de arquibancada no estádio Carneirão em Marianópolis - TO.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize construção de uma calçada e um parque para crianças no bosque do P.A Manchete em_x000D_
 Marianópolis - TO.</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>José Davi Silva Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a aquisição de um carro na área da saúde para dar assistência no setor Pequizeiro e Jacó.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um posto de saúde e consultório odontológico no P.A Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um terminal rodoviário em Marianópolis - TO.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de um caminhão coletor de lixo para suprir as demandas de Marianópolis - TO.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Cleidiana Dias Pereira</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de dois postes de iluminação pública na Rua Santo Antônio, esquina com a Rua 7 de Setembro, devido à completa ausência de iluminação no local.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>Antonio Renato da Silva Moreira</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a restauração de muro e construção de calçada na parte externa no entorno da Escola Municipal Amazílio de Souza Ribeiro na cidade Marianópolis - TO, com instalação de câmeras de segurança para patrulhamento.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de uma academia ao ar livre, na praça Rafael Tófolo em Marianópolis - TO.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Luís Jônatas Alves da Silva</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Indicar a vossa Excelência Senhor Prefeito Municipal, junto com o Secretário, que providencie limpeza, nas laterais da rodovia TO 080, saindo da cidade até o setor Ypê, pois o mato está alto e bastante perigoso, na mesma oportunidade peço que faça quebra-molas e coloque uns redutores de velocidade.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de uma academia ao ar livre, no PA- Manchete em Marianópolis - TO.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Solicita ao Gestor Municipal e seu secretário de Transporte, Obras Públicas, que faça a manutenção da estrada do senhor Ronaldo da vila do prata e também nas estradas de acesso aos senhores: Virgílio, Nonatinho e o Dr. Ailton, todos na região da vila do prata.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo senhor Prefeito, que faça manutenção dos Ar Condicionado e das lâmpadas da Escola Municipal do P.A Piracema.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>INDICAR ao excelentíssimo Senhor Prefeito Municipal, que providencie 02 (dois) quebra - molas em frente à chácara do senhor Manoel Barbosa Moreira, no P.A-Piracema.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo senhor Prefeito que faça manutenção da estrada vicinal do Setor Pequizeiro, em Marianópolis/TO.</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção da duplicação da rodovia TO-080, desde o Portal da Cidade de Marianópolis - TO até a empresa UNIGEL no setor Ypê, e instale luminárias de led no trajeto solicitado.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de um tanque lavatório na parte externa da feira coberta de Marianópolis-TO.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a instalação de 3 {três) câmeras de segurança para monitoramento: uma na entrada e outra_x000D_
 saída de Marianópolis - TO, e, a derradeira na saída para o PA Piracema.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que faça remoção do poste de luminária que fica em frente a arquibancada, para atrás da arquibancada, no Campo de Futebol.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo senhor Prefeito, que providencie boca de lobo/ drenagem, na saída da cidade para o PA-Piracema.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize uns quebra-molas na Rua Pedro Mascarenhas: sendo um (01) quebra-mola em frente à casa da senhora Maria Aparecida (Cida), um (01) quebra-mola em frente à casa do Antônio Grilo, um (01) quebra-mola em frente à casa do Luizinho e outro em frente à casa da Prof Nagla.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a restauração do campo de futebol do Vila do Prata.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de 2 (dois) quebra-molas na estrada vicinal sentido Povoado Vila do Prata, indicando possíveis pontos para construção dos quebra-molas, um em frente a Fazenda da dona Lígia; e, outro em fazenda distante 200 metros.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Prefeito, que viabilize a coleta de lixo e limpeza nos lotes baldios na Vila do Prata.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize providencie alguns quebra-molas na Agrovila do P.A-Manchete.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal, que faça o patrolamento nas estradas vicinais e roçagem nas laterais das estradas no PA-Piracema, principalmente nas rotas de transporte escolares.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize a construção de uma pista de caminhada e corrida com iluminação nas margens da_x000D_
 TO 080, saída de Marianópolis - TO para Gaseara - TO.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que viabilize construção de uma calçada na Rua Geraldo Alvarenga, proximidade da Escola Municipal Amazilo de Souza Ribeiro em Marianópolis-TO.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Elizaine Ferreira da Silva</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que providencie a manutenção da estrada vicinal, saindo da cidade de Marianópolis sentido ao Rio_x000D_
 Piranha, bem como busque recursos parlamentar para construção de uma ponte de concreto no Rio Piranha.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de um poço artesiano na Escola Municipal Amazilo de Souza Ribeiro em Marianópolis-TO.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de dois quebra-molas próximos aos rios Kaiapó e TOA, bem como, que se revitalize a sinalização da estrada vicinal do PA Piracema.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de um quebra-molas em frente às chácaras do Sr. Cosmo Soares e do Sr. Mauro Taquaruçu, ambas no P.A Piracema.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a pavimentação asfáltica do setor Nova Esperança, na Avenida Perimetral Oeste 404 metros, e nas seguintes Ruas: Rua Araguaia 290 metros, Rua Alves Rocha 100 metros, Rua Tocantins 150 metros, Rua Bezerra Pinto 100 metros, Rua Antônio Neto 150 metros..</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de um poço artesiano na creche Municipal Irmã Maria Elmara em Marianópolis-TO.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de dois quebra-molas na Rua Corsino Rosa próxima a casa da vandinha.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a operação tapa buracos na Rod. TO 080 saindo para o Posto de abastecimento Buriti (antigo posto Ipê) no setor Ipê.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a ampliação da casa de velório de Marianópolis-TO.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a construção de um quebra-molas em frente à chácara do senhor Gilberto Abreu (popular Trapizuna) no P.A Piracema.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a abertura de estrada vicinal com a construção de uma ponte que dê acesso às chácaras do Sr. Devaldo (lote 231); Sra. Amanda (lote 232) e do Sr. Jove (lote 233).</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência por iniciativa, viabilize a realização oficial do Dia do Evangelho no município de Marianópolis-TO, conforme previsto no calendário cultural do município.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a manutenção da estrada da Vila do Prata.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal,  que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de poltronas no Centro de Eventos OG de Sá.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize o estudo para futuro aumento das remunerações das atividades de Garis e Motoristas na cidade de Marianópolis - TO.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, por meio de suas Secretarias e competência para iniciativa, viabilize a manutenção da estrada P.A Manchete e da estrada do Pequizeiro.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, seja realizada a revitalização e a construção de um Bosque na área pública do Setor Ypê, neste_x000D_
 Município.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, que, notifique e cobre informações de seu Secretariado, especificamente do Secretário de Meio Ambiente, Sr. Sebastião de Oliveira, para que discuta com Engenheiro Ambiental do Município e justifique a forma de arborização feita por moradores de áreas públicas do Setor Ypê sem controle ou planejamento do Poder Público.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um quebra-molas, na Rua Barão do Rio Branco em frente à casa do senhor Wagner Robadel Schott (Vaguim).</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a confecção e instalação de placas de divisas de limites territoriais dos municípios de Marianópolis, Divinópolis, Pium e Caseara/TO.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, sejam adquiridos containers de lixo com tampa para serem colocados nos mercados, farmácias, restaurantes, lanchonetes e bares, neste Município.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a reforma e ampliação da feira coberta, aplicando à obra a instalação de forro e divisões de box para os feirantes expositores de seus produtores.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a criação do evento da "Descida Ecológica Amigos do Rio Côco" na cidade de Marianópolis do Tocantins.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um quiosque na Praça Rafael Tofolo em Marianópolis, Tocantins.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um quebra-molas, na Rua Bahia próxima a casa da Claudiana e dona Lenice.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um quebra-mola na Rua Kaiapó Próxima a casa da vereadora Cleidiana e da Tia Eunice.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize o patrolamento da estrada vicinal saindo da Fazenda Recanto até o Rio Piranha, bem como se viabilize um mutirão tapa-buraco nas proximidades da Fazenda Pascalhe.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a reforma e cobertura da quadra de esportes da Escola Municipal Amazilio de Souza Ribeiro.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a manutenção da estrada da Fazenda São Raimundo, proprietário senhor José Honório Dias Figueira, popularmente conhecido como Coronel, em Marianópolis - TO.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de 9 (nove) motocicletas para os Agentes Comunitários de Saúde Rural (ACS) de Marianópolis - TO.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a aquisição de 12 (doze) bicicletas para os Agentes Comunitários de Saúde Urbana (ACS) de Marianópolis - TO.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um quebra-mola na Rua Alves Rocha enfrente a casa da senhora Leurene.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, seja realizada o estudo e reestruturação do tráfego na cidade de Marianópolis - TO.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, junto com o secretario municipal de transporte e obras públicas senhor Fernando Pereira de Souza, que faça o patrolamento nas estradas vicinais dos senhores: Noé, Adailton e Ivo Nogueira e na mesma oportunidade na rota da estrada do Senhor Cipriano Braga.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a nominação do Ginásio de Esportes de Marianópolis - TO de "Paulo Roberto Oliveira Reis", popularmente conhecido como "Paulo Piaba".</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, notifique e cobre informações de seu secretário, especificamente do Secretário de Infraestrutura, a instalação de galeria de água pluvial com 2 bocas de lobo na Av. Codespar, em frente à Churrascaria do Gilmar.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de câmeras de segurança nas 3 Unidade Básica de Saúde Urbanas e nas Unidades Rurais (UBS) em Marianópolis - TO.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>Manutenção de dois bueiros, na vicinal da agrovila li, em frente às chácaras do Sr. Cosmo Soares Dias e do Sr. Mauro Taquaruçu, ambas no P.A Piracema.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Construção de uma casa que sirva de abrigo para crianças em situação de vulnerabilidade em Marianópolis - TO.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a implementação de uma rota de transporte escolar dos ônibus terceirizados no PA Piracema.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>Antonio Renato da Silva Moreira, João Marcos Rezende</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a construção de um poço artesiano no Agrovila I, no PA Piracema, em Marianópolis do Tocantins.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, viabilize a instalação de iluminação na extensão da Avenida Codespar, que liga o centro da cidade ao Setor Residencial Ipê.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, faça a manutenção nas Estradas Vicinais, Ramais e reaberturas caso necessário, no P.A Piracema Marianópolis - TO.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, faça patrolamento na estrada vicinal da TO 080, que da acesso a Agrovila e manutenção nos corredores da Rota de Transporte Escolar no Assentamento P.A Manchete Marianópolis - TO.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Prefeito Municipal, Saulo Barbosa, que, por meio de suas Secretarias e competência para iniciativa, sejam adotadas as providências necessárias para a pintura e revitalização das faixas elevadas de pedestres localizadas ao longo da via principal da cidade, desde a entrada do portal até a saída do Setor Ipê.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Manutenção do aterro da Ponte Rio do Prata, se for necessário que coloque Manilhas.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Que faça as correções dos pontos de alagamento na Avenida Kaiapó ao lado do Banco Sicoob, Rua Bezerra Pinto, esquina com a Avenida 15 de Novembro, Rua Alves Rocha com a Rua Rita de Barros e Rua Travessa Dois, Esquina com a Rua Kaiapó, na mesma oportunidade peço que faça as correção no Setor Ypê: Rua 08 com a esquina da Rua Ypê 11 e na Rua Ypê 03 com a esquina da Rua Ypê 06.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Construção de bueiros com aterramentos na estrada vicinal do PA Piracema a Marianópolis do Tocantins.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>Manutenção nas estradas vicinais do P.A Piracema e no P.A Manchete. A pedidos dos Produtores e Moradores que ali transita, pois está bastante precária as estradas devido as grandes chuvas que estão ocorrendo, as estradas estão com bastante erosão, buracos e costela de vaca a onde pode ocorrer acidentes.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf</t>
   </si>
   <si>
     <t>Viabilize a manutenção da iluminação pública da Agrovila lI, PA Piracema, na cidade de Marianópolis - TO.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>Manutenção nas estradas das Fazendas: Lagoa da Prata (Jairo Roso) São Domingos (Rubão) e também na estrada da Fazenda São Bento no município de Marianópolis - TO.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas vicinais no PA Manchete em Marianópolis do Tocantins/TO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Ampliação em geral do cemitério público São João Batista em Marianópolis – TO, a citar: o aumento do pátio; a manutenção no sistema elétrico; a reforma do muro lateral e frontal; a reformar da casinha sede; e, organização da entrada do cemitério.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>Recapagem das ruas da cidade de Marianópolis – TO, principalmente as que estão em estado crítico.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Cleidiana Dias Pereira, Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf</t>
   </si>
   <si>
     <t>Viabilizar mutirão de Limpeza no Vila do Prata.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf</t>
   </si>
   <si>
     <t>Fazer 3 (três) quebra molas e na mesma oportunidade, solicitar que o caminhão que realiza a coleta de lixo seja feito pelo menos 2 vezes mensal no Vila do Prata.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>Saulo Costa Moreira</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o parcelamento de débitos previdenciários do Município de Marianópolis do Tocantins com seu Regime Próprio de Previdência Social (PREVIMAR) e dá outras providências."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre extinção, criação e alteração de salário de cargos na Secretaria Municipal de Juventude, Cultura, Esporte e Lazer constantes no anexo II da Lei nº 484/2022, de 13 de abril de 2022, que dispõe sobre a organização e estrutura administrativa do Poder Executivo do Município de Marianópolis do Tocantins, e dá outras providências."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal do Idoso - FMI de Marianópolis do Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf</t>
   </si>
   <si>
     <t>"Institui e regulamenta a concessão do auxílio para Tratamento Fora do Domicílio-TFD".</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre revogação da Lei Municipal nº 426, de 11 de agosto de 2018, que revogou a autorização para celebração de convênio de cooperação com o Estado do Tocantins junto à Agência Tocantinense de Saneamento -ATS, e dá outras providências.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf</t>
   </si>
   <si>
     <t>Prorroga até 31 de dezembro de 2026 a vigência do Pleno Municipal de Educação aprovado por meio da Lei 395/2015.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf</t>
   </si>
   <si>
     <t>Institui o Programa Nacional "Educação sem Fronteiras" no âmbito do Município de Marianópolis do Tocantins, altera a Lei n° 483, de 31 de dezembro de 2021 (PPA 2022-2025), a Lei n° 518, de 18 de janeiro de 2025 (LDO 2025), e a Lei n° 519, de 8 de janeiro de 2025 (LOA 2025), e dá outras providências.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) de governo do Município de Marianópolis do Tocantins para os anos 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Orçamento Anual do Município de MARIANÓPOLIS DO TOCANTINS, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre concessão de benefícios fiscais para incentivos a projetos habitacionais vinculados ao Programa Minha Casa Minha Vida e ao Programa Nacional de Habitação de Interesse Social do Governo Federal, na forma que especifica.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Municipal nº 314/2009, definindo novo plano de amortização do déficit atuarial do RPPS do município de Marianópolis do Tocantins/TO e dá outras providências.</t>
   </si>
   <si>
-    <t>158</t>
-[...5 lines deleted...]
-    <t>Dispõe sobre a Concessão de Diárias ao Presidente, Vereadores, Servidores, Comissionados e Efetivos, e Assessores da Câmara Municipal de Marianópolis - TO e dá outras Providências.</t>
+    <t>299</t>
+  </si>
+  <si>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_021-2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 314, de 15 de maio de 2009, e dá outras providências.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Marianópolis do Tocantins a política municipal de proteção dos direitos da pessoa com transtorno do espectro autista e semana municipal de conscientização do autismo, a ser adotada anualmente a partir do dia 2 de abril, data de comemoração mundial de conscientização do autismo, e dá outras providências.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação do Projeto “Vereador por um dia”, e dá outras providências.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da casa de velório de Marianópolis – TO, que passará a se chamar Casa de Velório José Bezerra Pinto, e dá outras providências.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>João Marcos Rezende, Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor José Araújo Abreu, e dá outras providências.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de titulo de cidadão Marianopolense ao Senhor José Paulo Araújo, e dá outras providências.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>Antonio Renato da Silva Moreira, João Marcos Rezende, Luís Jônatas Alves da Silva, Valmi Lopes Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIÁRIO OFICIAL ELETRÔNICO DA CÂMARA MUNICIPAL DE MARIANÓPOLIS DO TOCANTINS, ESTADO DO TOCANTINS, COMO MEIO OFICIAL DE COMUNICAÇÃO, PUBLICIDADE E DIVULGAÇÃO DOS ATOS DO PODER LEGISLATIVO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor Neri José Enderle, e dá outras providências.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf</t>
   </si>
   <si>
     <t>"Modifica o art. 3º da Resolução nº 002/2024 da Câmara Municipal de Marianópolis do Tocantins, e dá outras providências."</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf</t>
   </si>
   <si>
     <t>"Estipula percentual a título de gratificação ao salário dos servidores disposto no art. 336 do Regimento Interno da Câmara Municipal de Marianópolis do Tocantins, e dá outras providências".</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor Deide de Moura Freitas, e dá outras providências.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor Mozart Ferreira de Freitas, e dá outras providências.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor David Francisco Pereira, e dá outras providências.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadã Marianopolense à Senhora Lídia Fernandes de Sousa, e dá outras providências.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 002A - Dispõe sobre a concessão de diárias ao presidente, vereadores, servidores, comissionados e efetivos, e assessores da Câmara Municipal de Marianópolis - TO e dá outras providências.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense a Senhora Maria Regina Tavares Sousa, e dá outras providências.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de títulos de cidadãos Marianopolenses aos Vereadores da 1ª composição plenária da Câmara Municipal de_x000D_
 Marianópolis - TO, e dá outras providências.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadã Marianopolense à senhora Noemia Augusta de Souza, e dá outras providências.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de comenda de título de cidadão Marianopolense ao Senhor Nelson Ribeiro de Abreu, e dá outras providências.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Cartório do 1° Ofício de Notas e Protestos, Registro de Imóveis, Títulos e Documentos e Pessoas Jurídicas de Marianópolis do Tocantins, que faça o registro da ATA de Sessão Solene nas páginas 36 versos 37.</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf</t>
   </si>
   <si>
     <t>Solicitar ao Cartório do 1° Ofício de Notas e Protestos, Registro de Imóveis, Títulos e Documentos e Pessoas Jurídicas de Marianópolis do Tocantins, que faça o registro do Termo de Posse do Prefeito e Vice-Prefeito, folha e verso.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requerer a vossa Excelência Prefeito Municipal, que providencie dois quebra molas na Rua Geraldo Alvarenga.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requerer a vossa Excelência Prefeito Municipal, que providencie um aterro a margem da rodovia TO 080 do lado direito, em frente à entrada do PA Manchete, e também peço que faça a construção de um ponto de abrigo para embarque e desembarque de passageiros.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Solicitando um estudo técnico de viabilidade a fim de ampliar a largura das pontes de concreto sobre o Rio Caiapó e Córrego do TOA.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf</t>
   </si>
   <si>
     <t>Requerer a vossa Excelência Senhor Prefeito Municipal, junto com o secretário municipal de transporte e obras públicas, que providencie um quebra-molas na Rua Bahia em frente ao Centro de Geração de Renda e o CRAS.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf</t>
   </si>
   <si>
     <t>Requerer ao Chefe do Poder Executivo, junto com o secretário de transporte e obras públicas, que faça a remoção de dois mata burros públicos, que está na estrada da Fazenda Lambari, por está inativo sem uso, para a rota da Fazenda Jatobá, para facilitar o transporte escolar e da monitora, sem que ela desça para abrir colchete.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Requerer ao Chefe do Executivo, junto com o secretário municipal de saúde, que providencie uma tenda para o posto de saúde no PA - Piracema e na oportunidade solicito uma técnica de enfermagem e um carro para dar suporte no posto de saúde.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf</t>
   </si>
   <si>
     <t>Requerer que os campeonatos municipais de futebol e de outras modalidades sejam realizados também nos assentamentos: PA Piracema e PA Manchete, além da cidade de Marianópolis.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf</t>
   </si>
   <si>
     <t>Requerer ao Chefe do Poder Executivo, junto com o secretário municipal de transporte e obras públicas, que providencie 4 (quatro) quebra-molas, na Rua Elizeu Cavalcante, pois há um grande movimento de carros e motos.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, aprove Projeto de Resolução para concessão de título de cidadão Marianopolense ao Senhor JOSÉ ARAÚJO ABREU.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que aprove Projeto de Resolução para concessão de título de cidadão Marianopolense ao Senhor JOSÉ PAULO ARAÚJO.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que aprove Projeto de Resolução para concessão de título de cidadão Marianopolense ao Senhor NERI JOSÉ ENDERLE.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf</t>
   </si>
   <si>
     <t>REQUERER ao Chefe do Poder Executivo, que providencie Sinalização em todas as Ruas e Avenidas indicando a preferencial, bem como sinalizar os quebra-molas com placas de identificação.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que providencie um VEICULO para o conselho tutelar, para dar suporte os conselheiros.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf</t>
   </si>
   <si>
     <t>REQUER a Vossa Excelência Prefeito Municipal, que toma as devidas providencias em LOCAR um IMÓVEL em Palmas nas proximidades do Hospital HGP, para dar suporte aos pacientes que irão fazer tratamentos.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que providencie dois (02) Quebra-Molas na Rua Antônio Neto, sendo um (01) quebra-mola em frente à casa da dona Sebastiana e outro quebra-mola em frente à casa do Marquinho.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que providencie a Cobertura da Arquibancada do Campo de Futebol José Carneiro Neres.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que providencie um (01) poste de energia, na Rua 7 de setembro, lote 44, em frente à casa da senhora Alexandra Pereira da Silva.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que viabilize uns quebra-molas no Setor Boa Esperança.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que viabilize Placa de "Depressão A-19", na Rua Corsino Rosa, com a Rua Mariano Cavalcante.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf</t>
   </si>
   <si>
     <t>REQUER ao Chefe do Poder Executivo, que viabilize aquisição de container de lixo, nas Escolas Municipais do Município.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que, por meio da Mesa Diretora, competente para iniciativa, aprove Projeto de Resolução para concessões de títulos de cidadãos Marianopolenses aos Senhores: 1) SEBASTIÃO GONÇALVES LOPES; 2) MILTON PEREIRA DA SILVA; 3) ALPINO TORQUATO DE ASSIS; 4) ANTÔNIO BENTO LIMA; 5) JOÃO FRANCISCO DE SOUZA; 6) NINO ALVES DE MOURA; 7) CIPRIANO FERREIRA BRAGA; 8) JOSÉ DO EGITO MAGALHÃES BARBOSA; e, 9) JOÃO BRAGA DE OLIVEIRA (in memoriam).</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Presidente desta Casa, que, por meio da Mesa Diretora, competente para iniciativa, aprove Projeto de Resolução para concessão de título de cidadão Marianopolense ao Senhor NELSON RIBEIRO DE ABREU.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf</t>
   </si>
   <si>
     <t>Que a Casa de Velório situada na Avenida Castelo Branco, Centro, neste Município, passe a denominar-se oficialmente Casa de Velório José Bezerra Pinto, em justa e merecida homenagem a essa destacada personalidade.</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer das Comissões</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do orçamento anual do município de Marianópolis do Tocantins, para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da lei orçamentária de 2025 (ano referência de 2025) e dá outras providências.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 004/2025, de 13 de agosto de 2025 que: "Institui o Fundo Municipal do Idoso - FMI de Marianópolis do Tocantins e dá outras providências."</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>CSEDSD - Comissão de Saúde, Educação e Desporto, Segurança Pública e Desenvolvimento Social</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 010/2025, de 26 de agosto de 2025 que: "Prorroga até 31 de dezembro de 2026 a vigência do Pleno Municipal de Educação aprovado por meio da Lei 395/2015."</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 010/2025, de 26 de agosto de 2025 que: "Prorroga até 31 de dezembro de 2026 a vigência do Plano Municipal de Educação aprovado por meio da Lei 395/2015."</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf</t>
   </si>
   <si>
     <t>Parecer referente ao Projeto de Lei n° 011/2025, de 09 de setembro de 2025 que: "Institui o Programa Nacional "Educação sem Fronteiras" no âmbito do Município de Marianópolis do Tocantins, altera a Lei n° 483, de 31 de dezembro de 2021 (PPA 2022-2025), a Lei n° 518, de 18 de janeiro de 2025 (LDO 2025), e a Lei n° 519, de 8 de janeiro de 2025 (LOA 2025), e dá outras providências."</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>PARECER CONCLUSIVO: COMISSÃO PERMANENTE DE SAÚDE, EDUCAÇÃO E DESPORTO, SEGURANÇA PÚBLICA E DESENVOLVIMENTO SOCIAL. PROJETO DE LEI Nº 002/2025, de 25 de setembro de 2025.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>PARECER CONCLUSIVO: COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO. Ref.: PROJETO DE LEI Nº 02/2025, de 25 de setembro de 2025.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N º 006/2025: Dispõe sobre revogação da Lei Municipal nº 426, de 11 de agosto de 2018, que revogou a autorização para celebração de convênio de cooperação com o Estado do Tocantins junto à Agência Tocantinense de Saneamento -ATS, e dá outras providências.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>CCJR - Comissão de Constituição, Justiça e Redação, CFO - Comissão de Finanças, Orçamento, Tributação, Fiscalização e Controle</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 018/2025:  Dispõe sobre concessão de benefícios fiscais para incentivos a projetos habitacionais vinculados ao Programa Minha Casa Minha Vida e ao Programa Nacional de Habitação de Interesse Social do Governo Federal, na forma que especifica.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 020/2025: Dispõe sobre a alteração da Lei Municipal nº 314/2009, definindo novo plano de amortização do déficit atuarial do RPPS do município de Marianópolis do Tocantins/TO e dá outras providências.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA DE LEI ORGÂNICA Nº 001/2025, de 10 de dezembro de 2025: “Altera a Lei Orgânica do Município de Marianópolis – TO para incluir o art. 116-A na Seção III, que institui a previsão das emendas impositivas, e dá outras providências.”</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 009/2025, de 19 de agosto de 2025: Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 013/2025, de 22 de setembro de 2025: Dispõe sobre o Plano Plurianual (PPA) de governo do Município de Marianópolis do Tocantins para os anos 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 016/2025, de 14 de outubro de 2025: Estima a Receita e fixa a Despesa do Orçamento Anual do Município de Marianópolis do Tocantins, para o exercício de 2026.</t>
   </si>
   <si>
     <t>232</t>
   </si>
@@ -1983,51 +1983,51 @@
   <si>
     <t>Ata Eletrônica da 42ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>Ata Eletrônica da 43ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>Ata Eletrônica da 44ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>Ata Eletrônica da 45ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf</t>
+    <t>http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>Ata Eletrônica da 46ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>Ata Eletrônica da 47 Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Ata Eletrônica da 48ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>Ata Eletrônica da 49ª Sessão Ordinária de 2025 da 1ª Sessão Legislativa da 10ª Legislatura.</t>
   </si>
   <si>
     <t>267</t>
   </si>
@@ -2373,51 +2373,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/158/projeto_de_lei_002-2025_dispoe_sobre_a_concessao_das_diarias_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/85/indicacoaao_001-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/86/indicacoaao_002-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/87/indicacoaao_003-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/106/inricacoaao_004-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/88/indicacoaao_005-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/90/indicacoaao_008-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/89/indicacoaao_007-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/121/indicacao_no_008-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/105/indicacoaao009-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/91/indicacoaao_011-2025__joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/92/indicacoaao_012-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/93/indicacoaao_013-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/122/indicacao_014-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/94/indicacoaao_015-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/123/indicacao_016-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/95/indicacoaao_017-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/96/indicacoaao_018-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/97/indicacoaao_019-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/98/indicacoaao_020-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/124/indicacao_021-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/125/indicacao_022-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/99/indicacoaao_023-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/100/indicacoaao_024-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/101/indicacoaao_025-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/102/indicacoaao_026-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/152/indicacao_027-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/103/indicacoaao_028-2025_celidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/104/indicacoaao_029-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/126/indicacao_030-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/127/indicacao_031-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/128/indicacao_032-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/129/indicacao_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/130/indicacao_034-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/131/indicacao_035-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/132/indicacao_036-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/133/indicacao_037-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/153/indicacao_038-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/154/indicacao_039-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/146/indicacao_040-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/155/indicacao_041-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/156/indicacao_042-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/157/indicacao_043-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/147/indicacao_044-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/148/indicacao_045-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/149/indicacao_046-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/175/indicacoaao_047-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/150/indicacao_048-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/176/indicacoaao_049-2025_vereador_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/177/indicacoaao_050-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/178/indicacoaao_051-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/179/indicacoaao_052-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/180/indicacoaao_053-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/181/indicacoaao_054-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/182/indicacoaao_055-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/183/indicacoaao_056-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/184/indicacoaao_057-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/185/indicacoaao_058-2025_valmi_lopes.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/186/indicacoaao_059-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/188/indicacao_060-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/189/indicacao_061-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/190/indicacao_062-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/191/indicacao_063-2025_adailton_pereira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/192/indicacao_064-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/193/indicacao_065-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/198/indicacao_066-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/199/indicacao_067-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/200/indicacao_068-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/201/indicacao_069-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/202/indicacao_070-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/203/indicacao_071-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/204/indicacao_072-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/205/indicacao_073-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/206/indicacao_074-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/207/indicacao_075-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/224/indicacao_no_076-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/208/indicacao_077-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/209/indicacao_078-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/210/indicacao_079-2025_celidiana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/211/indicacao_080-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/212/indicacao_081-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/225/indicacao_no082-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/213/indicacao_083-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/226/indicacao_no084-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/240/indicacao_085-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/236/indicacao_086-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/227/indicacao_no087-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/234/indicacao_088-2025_antonio_renato_e_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/228/indicacao_no089-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/229/indicacao_no090-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/230/indicacao_no091-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/231/indicacao_no092-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/241/indicacao_093-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/242/indicacao_094-2025__luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/237/indicacao_095-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/238/indicacao_096-2025_vereador_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/239/indicacao_097-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/243/indicacao_098-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/256/indicacao_099-2025_adailton.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/250/indicacao_101-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/251/indicacao_102-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/257/indicacao_104-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/258/indicacao_105-2025_cleidiana_e_valmi.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/151/projeto_de_lei_002-2025_previmar_aprovado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/134/projeto_de_lei_003-2025_dispoe_sobre_extincao_criacao_e_alteracao_de_salario_de_cargos_na_secretaria_municipal_de_juventude_culturaesporte_e_lazer..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/220/projeto_de_lei_004-2025_institui_o_fundo_municipal_do_idoso-_fmi..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/135/projeto_de_lei_005-2025_institui_e_regulamenta_a_concessao_de_auxilio_para_o_tratamento_fora_do_domicilio_tfd..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_006-2025_seneamento-ats.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/270/projeto_de_lei_009-2025_ldo_2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/221/projeto_de_lei_010-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_municipal_de_educacao_aprovado_por_meio_da_lei_395-2015..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_011-2025_institui_o_programa_municipal_educacao_sem_fronteiraas..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_013-2025_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/272/projeto_de_lei_016-2025_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/254/projeto_de_lei_018-2025_minha_casa_minha_vida..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/252/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_lei_021-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/136/projeto_de_lei_no_001-2025_camara.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/269/projeto_de_lei__003-2025_casa_de_velorio_jose_bezerra_pinto.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/137/projeto_de_resolucao_no_002-2025_titulo_cidadao_marianopolense_jose_araujo_abreu.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/138/projeto_de_resolucao_no_003-2025_dispoe_sobre_a_concessao_de_titulo_de_cidadao_marianopolense_ao_senhor_jose_paulo_araujo....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/140/projeto_de_resolucao_no_17-2025_institui_o_diario_oficial_eletronico_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/139/projeto_de_resolucao_no_05-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_mariano_polense_ao_senhor_neri_jose_enderle.....pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/159/projeto_de_resolucao_006-2025_modifica_o_artigo_3_da_resolucao_n_002-2024_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/160/projeto_de_resolucao_007-2025_estipula_percentual_a_titulo_de_gratificacao_ao_salario_dos_servidores_disposto_no_artigo_336_do_regimento_interno_da_camara_municipal_de_marianopolis_to....pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/161/projeto_de_resolucao_008-2025_dispoe_sobre_a_cocessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_deide_de_moura_freitas....pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/162/projeto_de_resolucao_009-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_mozart_ferreira_de_freitas.....pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/163/projeto_de_resolucao_010-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidadao_marianopolense_ao_senhor_david_francisco_pereira.....pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/164/projeto_de_resolucao_011-2025_dispoe_sobre_a_concessao_de_comenda_de_titulo_de_cidada_marianopolense_a_senhora_lidia_fernandes_de_sousa......pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/174/projeto_de_resolucao_002a-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/173/projeto_de_resolucao_014-2025_titulo_de_cidada_maria_regina_tavares_sousa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/194/projeto_de_resolucao_015-2025_titulo_de_cidadoes_ao_vereadores_da_1_composicao_plenaria_da_camara_municipal_de_marianopolis_-_to..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/187/projeto_de_resolucoaao_016-2025_titulo_de_cidada_marianopolense_noemia_augista_de_souza..pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/195/projeto_de_resolucao_017-2025_titulo_de_cidadao_nelson_ribeiro_de_abreu..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/107/requerimeno_valmi_01.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/108/requerimeno_valmi_02.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/110/requerimento_013-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/111/requerimento_014-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/112/requerimento_015-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/115/requerimnto_016-2025_cleidiana_dias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/113/requerimento_017-2025_antonio_reanato.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/114/requerimento_018-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/141/requerimento_019-2025_valmi.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/109/requerimento__020-2025_joaao_marcos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/142/requerimento_no_021-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/143/requerimento_no_022-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/144/requerimento_023-2025_luis.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/145/requerimento_024-2025_elizaine_ferreira.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/165/requerimento_025-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/166/requerimento_026-2025_cleidiana.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/167/requerimento_027-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_030-2025_elizaine.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_031-2025_antonio_renato.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_033-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_034-2025_luis_jonatas.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_035-2025_elias_alexandre.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_038-2025_jose_davi.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_039-2025__jose_davi.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/268/requerimento_040-2025_joao_marcos.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/116/parecer_conclusivo_comisaao_de_financoas_ref__projeto_de_lei_006-2024.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/117/parecer_conclusivo_comissaao_de_financoas_ref__projeto_de_lei_005-2024.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/214/parecer_conclusivo_004-2025_aprovado_24-09-2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/215/parecer_comissao.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/216/parecer_comissao_1.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/217/parecer_comissao_2.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/218/parecer_comissao_3.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/219/parecer_comissao_4.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/261/parecer_conclusivo_do_projeto_de_lei_006-2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/262/parecer_conclusivo_do_projeto_de_lei_018-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/265/parecer_ccj_-_projeto_de_emenda_lo.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/sapl/public/materialegislativa/2025/253/ata_46_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.marianopolisdotocantins.to.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H188"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="115.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
@@ -5400,51 +5400,51 @@
       </c>
       <c r="G115" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H115" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>451</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>92</v>
       </c>
       <c r="D116" t="s">
         <v>412</v>
       </c>
       <c r="E116" t="s">
         <v>413</v>
       </c>
       <c r="F116" t="s">
-        <v>56</v>
+        <v>414</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H116" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>454</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
         <v>455</v>
       </c>
       <c r="E117" t="s">
         <v>456</v>
       </c>
       <c r="F117" t="s">